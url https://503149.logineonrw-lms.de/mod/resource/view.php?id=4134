--- v0 (2025-11-05)
+++ v1 (2026-02-19)
@@ -1,140 +1,148 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20390"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
   <workbookPr showInkAnnotation="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\klamm01\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\ZfsL-Verwaltung\Reisekosten\Fachleitungen\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CED8935F-1E93-4ADA-A652-8CB9ACC2F9C4}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A3A3222E-FD8E-449E-AD7D-4DD4E0437B20}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="14028" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle 1" sheetId="1" r:id="rId1"/>
     <sheet name="Tabelle1" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Tabelle 1'!$A$1:$AD$79</definedName>
     <definedName name="Z_CAD6DEB5_0DEE_413E_8C35_B5E064FE60E0_.wvu.PrintTitles" localSheetId="0" hidden="1">'Tabelle 1'!$10:$11</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="Klammer, Rene - Persönliche Ansicht" guid="{08FF4E17-C406-414E-ADAD-264CCC5657C6}" mergeInterval="0" personalView="1" maximized="1" xWindow="-16" yWindow="-16" windowWidth="3872" windowHeight="2092" activeSheetId="1"/>
     <customWorkbookView name="Pakoglan, Hatice - Persönliche Ansicht" guid="{CAD6DEB5-0DEE-413E-8C35-B5E064FE60E0}" mergeInterval="0" personalView="1" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1936" windowHeight="1176" activeSheetId="1"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E17" i="1" l="1"/>
+  <c r="Z45" i="1" l="1"/>
+  <c r="S45" i="1"/>
+  <c r="E17" i="1"/>
   <c r="T17" i="1" s="1"/>
   <c r="F17" i="1"/>
+  <c r="AD17" i="1" s="1"/>
+  <c r="U17" i="1" s="1"/>
   <c r="M17" i="1"/>
   <c r="AA17" i="1"/>
-  <c r="AD17" i="1"/>
-  <c r="U17" i="1" s="1"/>
   <c r="V17" i="1" l="1"/>
   <c r="W17" i="1" s="1"/>
   <c r="AB17" i="1" s="1"/>
   <c r="X45" i="1"/>
   <c r="N45" i="1"/>
   <c r="AA12" i="1" l="1"/>
   <c r="AA44" i="1"/>
   <c r="AA43" i="1"/>
   <c r="AA42" i="1"/>
   <c r="AA41" i="1"/>
   <c r="AA40" i="1"/>
   <c r="AA39" i="1"/>
   <c r="AA38" i="1"/>
   <c r="AA37" i="1"/>
   <c r="AA36" i="1"/>
   <c r="AA35" i="1"/>
   <c r="AA34" i="1"/>
   <c r="AA33" i="1"/>
   <c r="AA32" i="1"/>
   <c r="AA31" i="1"/>
   <c r="AA30" i="1"/>
   <c r="AA29" i="1"/>
   <c r="AA28" i="1"/>
   <c r="AA27" i="1"/>
   <c r="AA26" i="1"/>
   <c r="AA25" i="1"/>
   <c r="AA24" i="1"/>
   <c r="AA23" i="1"/>
   <c r="AA22" i="1"/>
   <c r="AA21" i="1"/>
   <c r="AA20" i="1"/>
   <c r="AA19" i="1"/>
   <c r="AA18" i="1"/>
   <c r="AA16" i="1"/>
   <c r="AA15" i="1"/>
   <c r="AA14" i="1"/>
   <c r="AA45" i="1" l="1"/>
   <c r="E14" i="1"/>
   <c r="E44" i="1"/>
   <c r="E43" i="1"/>
   <c r="E42" i="1"/>
   <c r="E41" i="1"/>
   <c r="T41" i="1" s="1"/>
-  <c r="V41" i="1" s="1"/>
   <c r="E40" i="1"/>
   <c r="T40" i="1" s="1"/>
   <c r="E39" i="1"/>
   <c r="T39" i="1" s="1"/>
-  <c r="V39" i="1" s="1"/>
-  <c r="W39" i="1" s="1"/>
   <c r="E38" i="1"/>
   <c r="E37" i="1"/>
   <c r="E36" i="1"/>
   <c r="E35" i="1"/>
   <c r="E34" i="1"/>
   <c r="E33" i="1"/>
   <c r="E32" i="1"/>
   <c r="E31" i="1"/>
   <c r="E30" i="1"/>
   <c r="E29" i="1"/>
   <c r="E28" i="1"/>
   <c r="E27" i="1"/>
   <c r="E26" i="1"/>
   <c r="E25" i="1"/>
   <c r="E24" i="1"/>
   <c r="E23" i="1"/>
   <c r="E22" i="1"/>
   <c r="E21" i="1"/>
   <c r="E20" i="1"/>
   <c r="E19" i="1"/>
   <c r="E18" i="1"/>
   <c r="E16" i="1"/>
   <c r="E15" i="1"/>
   <c r="M44" i="1" l="1"/>
   <c r="M43" i="1"/>
@@ -148,58 +156,61 @@
   <c r="M35" i="1"/>
   <c r="M34" i="1"/>
   <c r="M33" i="1"/>
   <c r="M32" i="1"/>
   <c r="M31" i="1"/>
   <c r="M30" i="1"/>
   <c r="M29" i="1"/>
   <c r="M28" i="1"/>
   <c r="M27" i="1"/>
   <c r="M26" i="1"/>
   <c r="M25" i="1"/>
   <c r="M24" i="1"/>
   <c r="M23" i="1"/>
   <c r="M22" i="1"/>
   <c r="M21" i="1"/>
   <c r="M20" i="1"/>
   <c r="M19" i="1"/>
   <c r="M18" i="1"/>
   <c r="M16" i="1"/>
   <c r="M15" i="1"/>
   <c r="M14" i="1" l="1"/>
   <c r="M45" i="1" s="1"/>
   <c r="F39" i="1" l="1"/>
   <c r="AD39" i="1" s="1"/>
   <c r="U39" i="1" s="1"/>
-  <c r="AB39" i="1" s="1"/>
   <c r="F40" i="1"/>
   <c r="F41" i="1"/>
   <c r="AD41" i="1" s="1"/>
   <c r="U41" i="1" s="1"/>
+  <c r="V41" i="1" l="1"/>
   <c r="W41" i="1" s="1"/>
   <c r="AB41" i="1" s="1"/>
-  <c r="T45" i="1" l="1"/>
+  <c r="V39" i="1"/>
+  <c r="W39" i="1" s="1"/>
+  <c r="AB39" i="1" s="1"/>
+  <c r="T45" i="1"/>
   <c r="AD45" i="1"/>
   <c r="U45" i="1" s="1"/>
   <c r="V45" i="1" l="1"/>
   <c r="E13" i="1" l="1"/>
   <c r="T13" i="1" s="1"/>
   <c r="T14" i="1"/>
   <c r="T15" i="1"/>
   <c r="T16" i="1"/>
   <c r="T18" i="1"/>
   <c r="T19" i="1"/>
   <c r="T20" i="1"/>
   <c r="T21" i="1"/>
   <c r="T22" i="1"/>
   <c r="T23" i="1"/>
   <c r="T24" i="1"/>
   <c r="T25" i="1"/>
   <c r="T26" i="1"/>
   <c r="T27" i="1"/>
   <c r="T28" i="1"/>
   <c r="T29" i="1"/>
   <c r="T30" i="1"/>
   <c r="T31" i="1"/>
   <c r="T32" i="1"/>
   <c r="T33" i="1"/>
   <c r="T34" i="1"/>
@@ -411,65 +422,59 @@
   <c r="AC25" i="1" s="1"/>
   <c r="AC26" i="1" s="1"/>
   <c r="AC27" i="1" s="1"/>
   <c r="AC28" i="1" s="1"/>
   <c r="AC29" i="1" s="1"/>
   <c r="AC30" i="1" s="1"/>
   <c r="AC31" i="1" s="1"/>
   <c r="AC32" i="1" s="1"/>
   <c r="AC33" i="1" s="1"/>
   <c r="AC34" i="1" s="1"/>
   <c r="AC35" i="1" s="1"/>
   <c r="AC36" i="1" s="1"/>
   <c r="AC37" i="1" s="1"/>
   <c r="AC38" i="1" s="1"/>
   <c r="AC39" i="1" s="1"/>
   <c r="AC40" i="1" s="1"/>
   <c r="AC41" i="1" s="1"/>
   <c r="AC42" i="1" s="1"/>
   <c r="AC43" i="1" s="1"/>
   <c r="AC44" i="1" s="1"/>
   <c r="AB45" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="100">
   <si>
     <t>PKW</t>
   </si>
   <si>
     <t>FA</t>
   </si>
   <si>
     <t>Betrag in €</t>
-  </si>
-[...4 lines deleted...]
-    <t>Geschäftspartner-Nr.:</t>
   </si>
   <si>
     <t>Summe fortlaufend</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">IBAN </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(nur bei Änderung)</t>
     </r>
     <r>
       <rPr>
         <b/>
@@ -781,67 +786,50 @@
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 (&gt;40 kg)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Antrag auf Erstattung von Reisekosten für Lehrkräfte in ihrer Tätigkeit als Seminarausbilder:in im Regierungsbezirk Köln                                                      </t>
   </si>
   <si>
     <t xml:space="preserve"> Eingangsdatum Verwaltung:                        </t>
   </si>
   <si>
     <t>Rechnerisch richtig:</t>
   </si>
   <si>
     <t>Die grau unterlegten Beispiele zeigen eine Dienstreise mit mehreren Stationen, bei der eine Person teilweise mitgenommen wurde, sowie den Ausnahmefall einer Dienstreise mit Übernachtung (hier privat). 
 Bitte beachten Sie, dass beim Start der Dienstreise entweder der Wohnort oder der Dienstort anzugeben ist, je nachdem, welche Strecke zum Ziel der Dienstreise kürzer ist.</t>
-  </si>
-[...15 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Grund:</t>
   </si>
   <si>
     <t>Für den Fall, dass Mehrkilometer notwendig waren,  z. B. wegen Stau, Baustelle,  Sperrung, bitte die folgenden Daten angeben:</t>
   </si>
   <si>
     <t>FN5</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">APG=Ausbildungsplanungsgespräch; AG=Arbeitskreis; B=Beratung; DB=Dienstbesprechung; EPG=Eingangs- und Perspektgespräch; FB=Fortbildung;
 PS=Praxissemester; SV=Seminarveranstaltung (Kern-oder Fachseminar); UB=Unterrichtsbesuch - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Bitte Namen des/der LAA eintragen!</t>
@@ -914,77 +902,50 @@
       <rPr>
         <b/>
         <u/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>nur unmittelbar aufeinander</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> folgende Dienstgeschäfte in einer Zeile.</t>
     </r>
   </si>
   <si>
     <t>FN6</t>
-  </si>
-[...25 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Ziele
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(FN2)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
@@ -1309,50 +1270,97 @@
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Nachweis der Notwendigkeit erforderlich</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t>Die Kosten für ein privat erworbenes Deutschland-Ticket kann nur dann erstattet werden, wenn die Kosten für den monatlichen Geltungsbereich durch eine Dienstreise oder mehrere Dienstreisen vollständig amortisiert sind. Eine Teil-Erstattung des privat erworbenem Deutschland-Tickets ist nicht möglich. Dies ist für jeden einzelnen Monat nachzuweisen. Benutzten Sie dazu bitte den Antrag Erstattung Zeitkarten ÖPNV.</t>
   </si>
   <si>
     <t xml:space="preserve">Im Abrechnungszeitraum habe ich an der eigenen Schule unterrichtet: </t>
   </si>
   <si>
     <t>Ja / Nein</t>
+  </si>
+  <si>
+    <t>Anschrift Wohnort:</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Anschrift Dienstort </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(FN1)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>:</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Schule A - Schule B - ZfsL - WO </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Ort und Straße)</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="dd/mm/yy;@"/>
     <numFmt numFmtId="165" formatCode="h:mm;@"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* 0.00\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="167" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -1579,51 +1587,51 @@
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF92D050"/>
+        <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="27">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -1920,51 +1928,51 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="290">
+  <cellXfs count="291">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
@@ -2361,109 +2369,106 @@
     <xf numFmtId="14" fontId="8" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="1" fontId="0" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="165" fontId="0" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="167" fontId="0" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="167" fontId="0" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="1" fontId="0" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="3" fontId="0" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="166" fontId="5" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="6" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...38 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -2530,58 +2535,50 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -2869,50 +2866,64 @@
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="28" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="28" fillId="6" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="28" fillId="6" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="28" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
@@ -3160,543 +3171,541 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AG93"/>
   <sheetViews>
-    <sheetView tabSelected="1" showWhiteSpace="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="U3" sqref="U3:AC7"/>
+    <sheetView tabSelected="1" showWhiteSpace="0" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="I9" sqref="I9:I11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9" style="1" customWidth="1"/>
     <col min="2" max="2" width="7.21875" style="1" customWidth="1"/>
     <col min="3" max="3" width="9" style="1" customWidth="1"/>
     <col min="4" max="4" width="7.5546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="6" style="1" customWidth="1"/>
     <col min="6" max="6" width="5.77734375" style="1" customWidth="1"/>
     <col min="7" max="7" width="22" style="10" customWidth="1"/>
     <col min="8" max="8" width="9.44140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="55.109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="6" style="1" customWidth="1"/>
     <col min="11" max="12" width="6.77734375" style="1" customWidth="1"/>
     <col min="13" max="13" width="8.5546875" style="2" customWidth="1"/>
-    <col min="14" max="14" width="8.109375" style="1" customWidth="1"/>
+    <col min="14" max="14" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="3.44140625" style="1" customWidth="1"/>
     <col min="16" max="16" width="3.21875" style="1" customWidth="1"/>
     <col min="17" max="17" width="3.109375" style="1" customWidth="1"/>
     <col min="18" max="18" width="3.77734375" style="1" customWidth="1"/>
     <col min="19" max="19" width="10.33203125" style="1" customWidth="1"/>
     <col min="20" max="20" width="0.21875" style="1" hidden="1" customWidth="1"/>
     <col min="21" max="21" width="0.109375" style="1" customWidth="1"/>
     <col min="22" max="22" width="10.21875" style="1" hidden="1" customWidth="1"/>
     <col min="23" max="23" width="9.109375" style="1" customWidth="1"/>
     <col min="24" max="24" width="7.88671875" style="1" customWidth="1"/>
     <col min="25" max="25" width="7.5546875" style="59" customWidth="1"/>
     <col min="26" max="26" width="6.109375" style="1" customWidth="1"/>
     <col min="27" max="27" width="8.21875" style="1" customWidth="1"/>
     <col min="28" max="28" width="10.109375" style="1" customWidth="1"/>
     <col min="29" max="29" width="12.5546875" style="1" customWidth="1"/>
     <col min="30" max="30" width="0.88671875" style="12" customWidth="1"/>
     <col min="31" max="33" width="11" style="12"/>
     <col min="34" max="16384" width="11" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:33" ht="18" x14ac:dyDescent="0.3">
-      <c r="A1" s="184" t="s">
-[...31 lines deleted...]
-      <c r="AC1" s="222"/>
+      <c r="A1" s="183" t="s">
+        <v>69</v>
+      </c>
+      <c r="B1" s="183"/>
+      <c r="C1" s="183"/>
+      <c r="D1" s="183"/>
+      <c r="E1" s="183"/>
+      <c r="F1" s="183"/>
+      <c r="G1" s="183"/>
+      <c r="H1" s="183"/>
+      <c r="I1" s="183"/>
+      <c r="J1" s="183"/>
+      <c r="K1" s="183"/>
+      <c r="L1" s="183"/>
+      <c r="M1" s="183"/>
+      <c r="N1" s="183"/>
+      <c r="O1" s="183"/>
+      <c r="P1" s="183"/>
+      <c r="Q1" s="183"/>
+      <c r="R1" s="187" t="s">
+        <v>70</v>
+      </c>
+      <c r="S1" s="187"/>
+      <c r="T1" s="187"/>
+      <c r="U1" s="187"/>
+      <c r="V1" s="187"/>
+      <c r="W1" s="187"/>
+      <c r="X1" s="187"/>
+      <c r="Y1" s="187"/>
+      <c r="Z1" s="219"/>
+      <c r="AA1" s="219"/>
+      <c r="AB1" s="219"/>
+      <c r="AC1" s="219"/>
     </row>
     <row r="2" spans="1:33" ht="10.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="24"/>
       <c r="K2" s="24"/>
       <c r="L2" s="24"/>
       <c r="M2" s="126"/>
       <c r="N2" s="22"/>
       <c r="O2" s="22"/>
       <c r="P2" s="22"/>
       <c r="Q2" s="22"/>
       <c r="R2" s="22"/>
       <c r="S2" s="22"/>
       <c r="T2" s="22"/>
       <c r="U2" s="22"/>
       <c r="V2" s="23"/>
       <c r="W2" s="23"/>
       <c r="X2" s="24"/>
       <c r="Y2" s="60"/>
       <c r="Z2" s="25"/>
       <c r="AA2" s="25"/>
       <c r="AB2" s="25"/>
       <c r="AC2" s="25"/>
     </row>
     <row r="3" spans="1:33" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="185" t="s">
-[...8 lines deleted...]
-      <c r="H3" s="216"/>
+      <c r="A3" s="184" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" s="185"/>
+      <c r="C3" s="186"/>
+      <c r="D3" s="211"/>
+      <c r="E3" s="212"/>
+      <c r="F3" s="212"/>
+      <c r="G3" s="212"/>
+      <c r="H3" s="213"/>
       <c r="I3" s="29" t="s">
-        <v>7</v>
-[...12 lines deleted...]
-      <c r="S3" s="203"/>
+        <v>5</v>
+      </c>
+      <c r="J3" s="198" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" s="199"/>
+      <c r="L3" s="199"/>
+      <c r="M3" s="199"/>
+      <c r="N3" s="199"/>
+      <c r="O3" s="199"/>
+      <c r="P3" s="199"/>
+      <c r="Q3" s="199"/>
+      <c r="R3" s="199"/>
+      <c r="S3" s="200"/>
       <c r="T3" s="128"/>
-      <c r="U3" s="191"/>
-[...7 lines deleted...]
-      <c r="AC3" s="192"/>
+      <c r="U3" s="188"/>
+      <c r="V3" s="188"/>
+      <c r="W3" s="188"/>
+      <c r="X3" s="188"/>
+      <c r="Y3" s="188"/>
+      <c r="Z3" s="188"/>
+      <c r="AA3" s="188"/>
+      <c r="AB3" s="188"/>
+      <c r="AC3" s="189"/>
     </row>
     <row r="4" spans="1:33" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="185" t="s">
-[...8 lines deleted...]
-      <c r="H4" s="189"/>
+      <c r="A4" s="287"/>
+      <c r="B4" s="288"/>
+      <c r="C4" s="288"/>
+      <c r="D4" s="289"/>
+      <c r="E4" s="289"/>
+      <c r="F4" s="289"/>
+      <c r="G4" s="289"/>
+      <c r="H4" s="290"/>
       <c r="I4" s="134"/>
-      <c r="J4" s="204"/>
-[...8 lines deleted...]
-      <c r="S4" s="206"/>
+      <c r="J4" s="201"/>
+      <c r="K4" s="202"/>
+      <c r="L4" s="202"/>
+      <c r="M4" s="202"/>
+      <c r="N4" s="202"/>
+      <c r="O4" s="202"/>
+      <c r="P4" s="202"/>
+      <c r="Q4" s="202"/>
+      <c r="R4" s="202"/>
+      <c r="S4" s="203"/>
       <c r="T4" s="128"/>
-      <c r="U4" s="193"/>
-[...7 lines deleted...]
-      <c r="AC4" s="194"/>
+      <c r="U4" s="190"/>
+      <c r="V4" s="190"/>
+      <c r="W4" s="190"/>
+      <c r="X4" s="190"/>
+      <c r="Y4" s="190"/>
+      <c r="Z4" s="190"/>
+      <c r="AA4" s="190"/>
+      <c r="AB4" s="190"/>
+      <c r="AC4" s="191"/>
     </row>
     <row r="5" spans="1:33" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="185" t="s">
-[...10 lines deleted...]
-      <c r="H5" s="226"/>
+      <c r="A5" s="184" t="s">
+        <v>97</v>
+      </c>
+      <c r="B5" s="185"/>
+      <c r="C5" s="185"/>
+      <c r="D5" s="185"/>
+      <c r="E5" s="186"/>
+      <c r="F5" s="221" t="s">
+        <v>98</v>
+      </c>
+      <c r="G5" s="222"/>
+      <c r="H5" s="223"/>
       <c r="I5" s="27" t="s">
-        <v>22</v>
-[...10 lines deleted...]
-      <c r="S5" s="209"/>
+        <v>20</v>
+      </c>
+      <c r="J5" s="204"/>
+      <c r="K5" s="205"/>
+      <c r="L5" s="205"/>
+      <c r="M5" s="205"/>
+      <c r="N5" s="205"/>
+      <c r="O5" s="205"/>
+      <c r="P5" s="205"/>
+      <c r="Q5" s="205"/>
+      <c r="R5" s="205"/>
+      <c r="S5" s="206"/>
       <c r="T5" s="127"/>
-      <c r="U5" s="193"/>
-[...7 lines deleted...]
-      <c r="AC5" s="194"/>
+      <c r="U5" s="190"/>
+      <c r="V5" s="190"/>
+      <c r="W5" s="190"/>
+      <c r="X5" s="190"/>
+      <c r="Y5" s="190"/>
+      <c r="Z5" s="190"/>
+      <c r="AA5" s="190"/>
+      <c r="AB5" s="190"/>
+      <c r="AC5" s="191"/>
     </row>
     <row r="6" spans="1:33" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="233"/>
-[...6 lines deleted...]
-      <c r="H6" s="229"/>
+      <c r="A6" s="230"/>
+      <c r="B6" s="231"/>
+      <c r="C6" s="231"/>
+      <c r="D6" s="231"/>
+      <c r="E6" s="232"/>
+      <c r="F6" s="224"/>
+      <c r="G6" s="225"/>
+      <c r="H6" s="226"/>
       <c r="I6" s="28"/>
-      <c r="J6" s="210" t="s">
-[...12 lines deleted...]
-      <c r="S6" s="198"/>
+      <c r="J6" s="207" t="s">
+        <v>29</v>
+      </c>
+      <c r="K6" s="207"/>
+      <c r="L6" s="207"/>
+      <c r="M6" s="207"/>
+      <c r="N6" s="194" t="s">
+        <v>89</v>
+      </c>
+      <c r="O6" s="195"/>
+      <c r="P6" s="195"/>
+      <c r="Q6" s="195"/>
+      <c r="R6" s="195"/>
+      <c r="S6" s="195"/>
       <c r="T6" s="124"/>
-      <c r="U6" s="193"/>
-[...7 lines deleted...]
-      <c r="AC6" s="194"/>
+      <c r="U6" s="190"/>
+      <c r="V6" s="190"/>
+      <c r="W6" s="190"/>
+      <c r="X6" s="190"/>
+      <c r="Y6" s="190"/>
+      <c r="Z6" s="190"/>
+      <c r="AA6" s="190"/>
+      <c r="AB6" s="190"/>
+      <c r="AC6" s="191"/>
     </row>
     <row r="7" spans="1:33" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="236"/>
-[...19 lines deleted...]
-      <c r="S7" s="200"/>
+      <c r="A7" s="233"/>
+      <c r="B7" s="234"/>
+      <c r="C7" s="234"/>
+      <c r="D7" s="234"/>
+      <c r="E7" s="235"/>
+      <c r="F7" s="227"/>
+      <c r="G7" s="228"/>
+      <c r="H7" s="229"/>
+      <c r="I7" s="137" t="s">
+        <v>95</v>
+      </c>
+      <c r="J7" s="208"/>
+      <c r="K7" s="209"/>
+      <c r="L7" s="209"/>
+      <c r="M7" s="210"/>
+      <c r="N7" s="196"/>
+      <c r="O7" s="197"/>
+      <c r="P7" s="197"/>
+      <c r="Q7" s="197"/>
+      <c r="R7" s="197"/>
+      <c r="S7" s="197"/>
       <c r="T7" s="125"/>
-      <c r="U7" s="195"/>
-[...7 lines deleted...]
-      <c r="AC7" s="196"/>
+      <c r="U7" s="192"/>
+      <c r="V7" s="192"/>
+      <c r="W7" s="192"/>
+      <c r="X7" s="192"/>
+      <c r="Y7" s="192"/>
+      <c r="Z7" s="192"/>
+      <c r="AA7" s="192"/>
+      <c r="AB7" s="192"/>
+      <c r="AC7" s="193"/>
     </row>
     <row r="8" spans="1:33" ht="15.45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="4"/>
       <c r="B8" s="4"/>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
-      <c r="I8" s="154" t="s">
-        <v>100</v>
+      <c r="I8" s="138" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="9" spans="1:33" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="241" t="s">
-[...3 lines deleted...]
-      <c r="C9" s="241" t="s">
+      <c r="A9" s="238" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" s="239"/>
+      <c r="C9" s="238" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="242"/>
+      <c r="E9" s="244" t="s">
+        <v>77</v>
+      </c>
+      <c r="F9" s="245"/>
+      <c r="G9" s="248" t="s">
+        <v>78</v>
+      </c>
+      <c r="H9" s="250" t="s">
+        <v>88</v>
+      </c>
+      <c r="I9" s="214" t="s">
+        <v>80</v>
+      </c>
+      <c r="J9" s="217" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" s="215" t="s">
+        <v>83</v>
+      </c>
+      <c r="L9" s="275" t="s">
+        <v>86</v>
+      </c>
+      <c r="M9" s="217" t="s">
+        <v>2</v>
+      </c>
+      <c r="N9" s="217" t="s">
+        <v>84</v>
+      </c>
+      <c r="O9" s="258" t="s">
+        <v>21</v>
+      </c>
+      <c r="P9" s="259"/>
+      <c r="Q9" s="259"/>
+      <c r="R9" s="259"/>
+      <c r="S9" s="260"/>
+      <c r="T9" s="256" t="s">
+        <v>16</v>
+      </c>
+      <c r="U9" s="246" t="s">
+        <v>17</v>
+      </c>
+      <c r="V9" s="254" t="s">
+        <v>26</v>
+      </c>
+      <c r="W9" s="251" t="s">
+        <v>25</v>
+      </c>
+      <c r="X9" s="254" t="s">
+        <v>65</v>
+      </c>
+      <c r="Y9" s="250" t="s">
+        <v>27</v>
+      </c>
+      <c r="Z9" s="250"/>
+      <c r="AA9" s="250"/>
+      <c r="AB9" s="249" t="s">
+        <v>67</v>
+      </c>
+      <c r="AC9" s="281" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10" spans="1:33" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="240"/>
+      <c r="B10" s="241"/>
+      <c r="C10" s="240"/>
+      <c r="D10" s="243"/>
+      <c r="E10" s="246"/>
+      <c r="F10" s="247"/>
+      <c r="G10" s="248"/>
+      <c r="H10" s="250"/>
+      <c r="I10" s="215"/>
+      <c r="J10" s="217"/>
+      <c r="K10" s="215"/>
+      <c r="L10" s="276"/>
+      <c r="M10" s="217"/>
+      <c r="N10" s="217"/>
+      <c r="O10" s="257" t="s">
+        <v>6</v>
+      </c>
+      <c r="P10" s="257"/>
+      <c r="Q10" s="257"/>
+      <c r="R10" s="257" t="s">
         <v>11</v>
       </c>
-      <c r="D9" s="245"/>
-[...95 lines deleted...]
-      <c r="AC10" s="284"/>
+      <c r="S10" s="257"/>
+      <c r="T10" s="256"/>
+      <c r="U10" s="246"/>
+      <c r="V10" s="248"/>
+      <c r="W10" s="269"/>
+      <c r="X10" s="254"/>
+      <c r="Y10" s="250"/>
+      <c r="Z10" s="250"/>
+      <c r="AA10" s="250"/>
+      <c r="AB10" s="253"/>
+      <c r="AC10" s="281"/>
     </row>
     <row r="11" spans="1:33" ht="66" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="58" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B11" s="66" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C11" s="58" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D11" s="66" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E11" s="67" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F11" s="67" t="s">
-        <v>25</v>
-[...8 lines deleted...]
-      <c r="N11" s="221"/>
+        <v>23</v>
+      </c>
+      <c r="G11" s="249"/>
+      <c r="H11" s="251"/>
+      <c r="I11" s="216"/>
+      <c r="J11" s="218"/>
+      <c r="K11" s="216"/>
+      <c r="L11" s="277"/>
+      <c r="M11" s="218"/>
+      <c r="N11" s="218"/>
       <c r="O11" s="68" t="s">
+        <v>13</v>
+      </c>
+      <c r="P11" s="68" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q11" s="68" t="s">
         <v>15</v>
       </c>
-      <c r="P11" s="68" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R11" s="69" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="S11" s="131" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-      <c r="X11" s="258"/>
+        <v>93</v>
+      </c>
+      <c r="T11" s="256"/>
+      <c r="U11" s="246"/>
+      <c r="V11" s="249"/>
+      <c r="W11" s="269"/>
+      <c r="X11" s="255"/>
       <c r="Y11" s="70" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="Z11" s="70" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="AA11" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="AB11" s="256"/>
-      <c r="AC11" s="285"/>
+      <c r="AB11" s="253"/>
+      <c r="AC11" s="282"/>
     </row>
     <row r="12" spans="1:33" s="5" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="85">
         <v>44958</v>
       </c>
       <c r="B12" s="86">
         <v>0.3125</v>
       </c>
       <c r="C12" s="87">
         <v>44958</v>
       </c>
       <c r="D12" s="86">
         <v>0.66666666666666663</v>
       </c>
       <c r="E12" s="88">
         <f>(C12-A12)</f>
         <v>0</v>
       </c>
       <c r="F12" s="86">
         <f>D12-B12</f>
         <v>0.35416666666666663</v>
       </c>
       <c r="G12" s="86" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="H12" s="89" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I12" s="90" t="s">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="J12" s="91">
         <v>200</v>
       </c>
       <c r="K12" s="92" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L12" s="92"/>
       <c r="M12" s="93">
         <f>IF(K12="PKW",J12*0.35,IF(K12="MO",J12*0.23,IF(K12="FA",J12*0.23,"")))</f>
         <v>46</v>
       </c>
       <c r="N12" s="93"/>
       <c r="O12" s="94">
         <v>0</v>
       </c>
       <c r="P12" s="94">
         <v>0</v>
       </c>
       <c r="Q12" s="94">
         <v>0</v>
       </c>
       <c r="R12" s="93"/>
       <c r="S12" s="93"/>
       <c r="T12" s="91" t="str">
         <f t="shared" ref="T12:T37" si="0">IF((E12&gt;1),(E12-1)*24+12*2,IF(E12=1,12*2,""))</f>
         <v/>
       </c>
       <c r="U12" s="95">
         <f>IF(AD12&lt;&gt;"",IF((AD12)&gt;=1441,24,IF((AD12)&gt;=661,12,IF((AD12)&gt;=481,6,0))),"")</f>
         <v>6</v>
@@ -3738,57 +3747,57 @@
       <c r="AF12" s="19"/>
       <c r="AG12" s="20"/>
     </row>
     <row r="13" spans="1:33" s="5" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="110">
         <v>44963</v>
       </c>
       <c r="B13" s="104">
         <v>0.33333333333333331</v>
       </c>
       <c r="C13" s="111">
         <v>44964</v>
       </c>
       <c r="D13" s="104">
         <v>0.64583333333333337</v>
       </c>
       <c r="E13" s="103">
         <f t="shared" ref="E13" si="3">(C13-A13)</f>
         <v>1</v>
       </c>
       <c r="F13" s="104">
         <f t="shared" ref="F13:F44" si="4">D13-B13</f>
         <v>0.31250000000000006</v>
       </c>
       <c r="G13" s="104" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H13" s="112" t="s">
+        <v>31</v>
+      </c>
+      <c r="I13" s="113" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="J13" s="106"/>
       <c r="K13" s="114"/>
       <c r="L13" s="114"/>
       <c r="M13" s="105" t="str">
         <f t="shared" ref="M13" si="5">IF(K13="PKW",J13*0.35,IF(K13="MO",J13*0.23,IF(K13="FA",J13*0.23,"")))</f>
         <v/>
       </c>
       <c r="N13" s="105">
         <v>123</v>
       </c>
       <c r="O13" s="115">
         <v>1</v>
       </c>
       <c r="P13" s="115">
         <v>1</v>
       </c>
       <c r="Q13" s="115">
         <v>0</v>
       </c>
       <c r="R13" s="105"/>
       <c r="S13" s="105">
         <v>20</v>
       </c>
       <c r="T13" s="106">
@@ -3823,51 +3832,51 @@
         <v>210.35</v>
       </c>
       <c r="AD13" s="13">
         <f t="shared" si="2"/>
         <v>450</v>
       </c>
       <c r="AE13" s="13"/>
       <c r="AF13" s="19"/>
       <c r="AG13" s="19"/>
     </row>
     <row r="14" spans="1:33" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="71"/>
       <c r="B14" s="72"/>
       <c r="C14" s="71"/>
       <c r="D14" s="72"/>
       <c r="E14" s="73">
         <f t="shared" ref="E14:E44" si="10">IF(C14=0,0,C14-A14)</f>
         <v>0</v>
       </c>
       <c r="F14" s="74">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G14" s="72"/>
       <c r="H14" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I14" s="75"/>
       <c r="J14" s="102"/>
       <c r="K14" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L14" s="130"/>
       <c r="M14" s="17">
         <f>IF(L14="",IF(K14="PKW",J14*0.35,J14*0.23),IF(K14="PKW",L14*0.35,L14*0.23))</f>
         <v>0</v>
       </c>
       <c r="N14" s="77"/>
       <c r="O14" s="78"/>
       <c r="P14" s="78"/>
       <c r="Q14" s="78"/>
       <c r="R14" s="79"/>
       <c r="S14" s="77"/>
       <c r="T14" s="80" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U14" s="81">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -3895,51 +3904,51 @@
         <v>0</v>
       </c>
       <c r="AD14" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="AE14" s="13"/>
       <c r="AF14" s="19"/>
       <c r="AG14" s="20"/>
     </row>
     <row r="15" spans="1:33" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="71"/>
       <c r="B15" s="72"/>
       <c r="C15" s="71"/>
       <c r="D15" s="72"/>
       <c r="E15" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F15" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G15" s="6"/>
       <c r="H15" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I15" s="11"/>
       <c r="J15" s="102"/>
       <c r="K15" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L15" s="130"/>
       <c r="M15" s="17">
         <f t="shared" ref="M15:M44" si="11">IF(L15="",IF(K15="PKW",J15*0.35,J15*0.23),IF(K15="PKW",L15*0.35,L15*0.23))</f>
         <v>0</v>
       </c>
       <c r="N15" s="77"/>
       <c r="O15" s="8"/>
       <c r="P15" s="8"/>
       <c r="Q15" s="8"/>
       <c r="R15" s="7"/>
       <c r="S15" s="9"/>
       <c r="T15" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U15" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -3967,51 +3976,51 @@
         <v>0</v>
       </c>
       <c r="AD15" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="AE15" s="13"/>
       <c r="AF15" s="19"/>
       <c r="AG15" s="20"/>
     </row>
     <row r="16" spans="1:33" s="5" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A16" s="71"/>
       <c r="B16" s="72"/>
       <c r="C16" s="71"/>
       <c r="D16" s="72"/>
       <c r="E16" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F16" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G16" s="6"/>
       <c r="H16" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I16" s="11"/>
       <c r="J16" s="102"/>
       <c r="K16" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L16" s="130"/>
       <c r="M16" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N16" s="77"/>
       <c r="O16" s="8"/>
       <c r="P16" s="8"/>
       <c r="Q16" s="8"/>
       <c r="R16" s="7"/>
       <c r="S16" s="9"/>
       <c r="T16" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U16" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -4109,51 +4118,51 @@
         <v>0</v>
       </c>
       <c r="AD17" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="AE17" s="13"/>
       <c r="AF17" s="19"/>
       <c r="AG17" s="19"/>
     </row>
     <row r="18" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A18" s="71"/>
       <c r="B18" s="72"/>
       <c r="C18" s="71"/>
       <c r="D18" s="72"/>
       <c r="E18" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F18" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G18" s="6"/>
       <c r="H18" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I18" s="11"/>
       <c r="J18" s="102"/>
       <c r="K18" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L18" s="130"/>
       <c r="M18" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N18" s="77"/>
       <c r="O18" s="8"/>
       <c r="P18" s="8"/>
       <c r="Q18" s="8"/>
       <c r="R18" s="7"/>
       <c r="S18" s="9"/>
       <c r="T18" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U18" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -4181,51 +4190,51 @@
         <v>0</v>
       </c>
       <c r="AD18" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="AE18" s="13"/>
       <c r="AF18" s="19"/>
       <c r="AG18" s="19"/>
     </row>
     <row r="19" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A19" s="71"/>
       <c r="B19" s="72"/>
       <c r="C19" s="71"/>
       <c r="D19" s="72"/>
       <c r="E19" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F19" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G19" s="6"/>
       <c r="H19" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I19" s="11"/>
       <c r="J19" s="102"/>
       <c r="K19" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L19" s="130"/>
       <c r="M19" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N19" s="77"/>
       <c r="O19" s="8"/>
       <c r="P19" s="8"/>
       <c r="Q19" s="8"/>
       <c r="R19" s="7"/>
       <c r="S19" s="9"/>
       <c r="T19" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U19" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -4253,51 +4262,51 @@
         <v>0</v>
       </c>
       <c r="AD19" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="AE19" s="13"/>
       <c r="AF19" s="19"/>
       <c r="AG19" s="19"/>
     </row>
     <row r="20" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A20" s="71"/>
       <c r="B20" s="72"/>
       <c r="C20" s="71"/>
       <c r="D20" s="72"/>
       <c r="E20" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F20" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G20" s="6"/>
       <c r="H20" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I20" s="11"/>
       <c r="J20" s="102"/>
       <c r="K20" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L20" s="130"/>
       <c r="M20" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N20" s="77"/>
       <c r="O20" s="8"/>
       <c r="P20" s="8"/>
       <c r="Q20" s="8"/>
       <c r="R20" s="7"/>
       <c r="S20" s="9"/>
       <c r="T20" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U20" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -4325,51 +4334,51 @@
         <v>0</v>
       </c>
       <c r="AD20" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="AE20" s="13"/>
       <c r="AF20" s="19"/>
       <c r="AG20" s="19"/>
     </row>
     <row r="21" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A21" s="71"/>
       <c r="B21" s="72"/>
       <c r="C21" s="71"/>
       <c r="D21" s="72"/>
       <c r="E21" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F21" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G21" s="6"/>
       <c r="H21" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I21" s="11"/>
       <c r="J21" s="102"/>
       <c r="K21" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L21" s="130"/>
       <c r="M21" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N21" s="77"/>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8"/>
       <c r="R21" s="7"/>
       <c r="S21" s="9"/>
       <c r="T21" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U21" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -4397,51 +4406,51 @@
         <v>0</v>
       </c>
       <c r="AD21" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="AE21" s="13"/>
       <c r="AF21" s="19"/>
       <c r="AG21" s="19"/>
     </row>
     <row r="22" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A22" s="71"/>
       <c r="B22" s="72"/>
       <c r="C22" s="71"/>
       <c r="D22" s="72"/>
       <c r="E22" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F22" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G22" s="6"/>
       <c r="H22" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I22" s="11"/>
       <c r="J22" s="102"/>
       <c r="K22" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L22" s="130"/>
       <c r="M22" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N22" s="77"/>
       <c r="O22" s="8"/>
       <c r="P22" s="8"/>
       <c r="Q22" s="8"/>
       <c r="R22" s="7"/>
       <c r="S22" s="9"/>
       <c r="T22" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U22" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -4469,51 +4478,51 @@
         <v>0</v>
       </c>
       <c r="AD22" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="AE22" s="13"/>
       <c r="AF22" s="19"/>
       <c r="AG22" s="19"/>
     </row>
     <row r="23" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A23" s="71"/>
       <c r="B23" s="72"/>
       <c r="C23" s="71"/>
       <c r="D23" s="72"/>
       <c r="E23" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F23" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G23" s="6"/>
       <c r="H23" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I23" s="11"/>
       <c r="J23" s="102"/>
       <c r="K23" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L23" s="130"/>
       <c r="M23" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N23" s="77"/>
       <c r="O23" s="8"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
       <c r="R23" s="7"/>
       <c r="S23" s="9"/>
       <c r="T23" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U23" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -4541,51 +4550,51 @@
         <v>0</v>
       </c>
       <c r="AD23" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="AE23" s="13"/>
       <c r="AF23" s="19"/>
       <c r="AG23" s="19"/>
     </row>
     <row r="24" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A24" s="71"/>
       <c r="B24" s="72"/>
       <c r="C24" s="71"/>
       <c r="D24" s="72"/>
       <c r="E24" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F24" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G24" s="6"/>
       <c r="H24" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I24" s="11"/>
       <c r="J24" s="102"/>
       <c r="K24" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L24" s="130"/>
       <c r="M24" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N24" s="77"/>
       <c r="O24" s="8"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="8"/>
       <c r="R24" s="7"/>
       <c r="S24" s="9"/>
       <c r="T24" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U24" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -4613,51 +4622,51 @@
         <v>0</v>
       </c>
       <c r="AD24" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="AE24" s="13"/>
       <c r="AF24" s="19"/>
       <c r="AG24" s="19"/>
     </row>
     <row r="25" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A25" s="71"/>
       <c r="B25" s="72"/>
       <c r="C25" s="71"/>
       <c r="D25" s="72"/>
       <c r="E25" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F25" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G25" s="6"/>
       <c r="H25" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I25" s="11"/>
       <c r="J25" s="102"/>
       <c r="K25" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L25" s="130"/>
       <c r="M25" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N25" s="77"/>
       <c r="O25" s="8"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="8"/>
       <c r="R25" s="7"/>
       <c r="S25" s="9"/>
       <c r="T25" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U25" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -4685,51 +4694,51 @@
         <v>0</v>
       </c>
       <c r="AD25" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="AE25" s="13"/>
       <c r="AF25" s="21"/>
       <c r="AG25" s="19"/>
     </row>
     <row r="26" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A26" s="71"/>
       <c r="B26" s="72"/>
       <c r="C26" s="71"/>
       <c r="D26" s="72"/>
       <c r="E26" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F26" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G26" s="6"/>
       <c r="H26" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I26" s="11"/>
       <c r="J26" s="102"/>
       <c r="K26" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L26" s="130"/>
       <c r="M26" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N26" s="77"/>
       <c r="O26" s="8"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="8"/>
       <c r="R26" s="7"/>
       <c r="S26" s="9"/>
       <c r="T26" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U26" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -4754,51 +4763,51 @@
       </c>
       <c r="AC26" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD26" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A27" s="71"/>
       <c r="B27" s="72"/>
       <c r="C27" s="71"/>
       <c r="D27" s="72"/>
       <c r="E27" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F27" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G27" s="6"/>
       <c r="H27" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I27" s="11"/>
       <c r="J27" s="102"/>
       <c r="K27" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L27" s="130"/>
       <c r="M27" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N27" s="77"/>
       <c r="O27" s="8"/>
       <c r="P27" s="8"/>
       <c r="Q27" s="8"/>
       <c r="R27" s="7"/>
       <c r="S27" s="9"/>
       <c r="T27" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U27" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -4823,51 +4832,51 @@
       </c>
       <c r="AC27" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD27" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A28" s="71"/>
       <c r="B28" s="72"/>
       <c r="C28" s="71"/>
       <c r="D28" s="72"/>
       <c r="E28" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F28" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G28" s="6"/>
       <c r="H28" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I28" s="11"/>
       <c r="J28" s="102"/>
       <c r="K28" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L28" s="130"/>
       <c r="M28" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N28" s="77"/>
       <c r="O28" s="8"/>
       <c r="P28" s="8"/>
       <c r="Q28" s="8"/>
       <c r="R28" s="7"/>
       <c r="S28" s="9"/>
       <c r="T28" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U28" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -4892,51 +4901,51 @@
       </c>
       <c r="AC28" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD28" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A29" s="71"/>
       <c r="B29" s="72"/>
       <c r="C29" s="71"/>
       <c r="D29" s="72"/>
       <c r="E29" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F29" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G29" s="6"/>
       <c r="H29" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I29" s="11"/>
       <c r="J29" s="102"/>
       <c r="K29" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L29" s="130"/>
       <c r="M29" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N29" s="77"/>
       <c r="O29" s="8"/>
       <c r="P29" s="8"/>
       <c r="Q29" s="8"/>
       <c r="R29" s="7"/>
       <c r="S29" s="9"/>
       <c r="T29" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U29" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -4961,51 +4970,51 @@
       </c>
       <c r="AC29" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD29" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A30" s="71"/>
       <c r="B30" s="72"/>
       <c r="C30" s="71"/>
       <c r="D30" s="72"/>
       <c r="E30" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F30" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G30" s="6"/>
       <c r="H30" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I30" s="11"/>
       <c r="J30" s="102"/>
       <c r="K30" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L30" s="130"/>
       <c r="M30" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N30" s="77"/>
       <c r="O30" s="8"/>
       <c r="P30" s="8"/>
       <c r="Q30" s="8"/>
       <c r="R30" s="7"/>
       <c r="S30" s="9"/>
       <c r="T30" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U30" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -5030,51 +5039,51 @@
       </c>
       <c r="AC30" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD30" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A31" s="71"/>
       <c r="B31" s="72"/>
       <c r="C31" s="71"/>
       <c r="D31" s="72"/>
       <c r="E31" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F31" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G31" s="6"/>
       <c r="H31" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I31" s="11"/>
       <c r="J31" s="102"/>
       <c r="K31" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L31" s="130"/>
       <c r="M31" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N31" s="77"/>
       <c r="O31" s="8"/>
       <c r="P31" s="8"/>
       <c r="Q31" s="8"/>
       <c r="R31" s="7"/>
       <c r="S31" s="9"/>
       <c r="T31" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U31" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -5099,51 +5108,51 @@
       </c>
       <c r="AC31" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD31" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A32" s="71"/>
       <c r="B32" s="72"/>
       <c r="C32" s="71"/>
       <c r="D32" s="72"/>
       <c r="E32" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F32" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G32" s="6"/>
       <c r="H32" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I32" s="11"/>
       <c r="J32" s="102"/>
       <c r="K32" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L32" s="130"/>
       <c r="M32" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N32" s="77"/>
       <c r="O32" s="8"/>
       <c r="P32" s="8"/>
       <c r="Q32" s="8"/>
       <c r="R32" s="7"/>
       <c r="S32" s="9"/>
       <c r="T32" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U32" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -5168,51 +5177,51 @@
       </c>
       <c r="AC32" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD32" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A33" s="71"/>
       <c r="B33" s="72"/>
       <c r="C33" s="71"/>
       <c r="D33" s="72"/>
       <c r="E33" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F33" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G33" s="6"/>
       <c r="H33" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I33" s="11"/>
       <c r="J33" s="102"/>
       <c r="K33" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L33" s="130"/>
       <c r="M33" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N33" s="77"/>
       <c r="O33" s="8"/>
       <c r="P33" s="8"/>
       <c r="Q33" s="8"/>
       <c r="R33" s="7"/>
       <c r="S33" s="9"/>
       <c r="T33" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U33" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -5237,51 +5246,51 @@
       </c>
       <c r="AC33" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD33" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A34" s="71"/>
       <c r="B34" s="72"/>
       <c r="C34" s="71"/>
       <c r="D34" s="72"/>
       <c r="E34" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F34" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G34" s="6"/>
       <c r="H34" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I34" s="11"/>
       <c r="J34" s="102"/>
       <c r="K34" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L34" s="130"/>
       <c r="M34" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N34" s="77"/>
       <c r="O34" s="8"/>
       <c r="P34" s="8"/>
       <c r="Q34" s="8"/>
       <c r="R34" s="7"/>
       <c r="S34" s="9"/>
       <c r="T34" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U34" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -5306,51 +5315,51 @@
       </c>
       <c r="AC34" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD34" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A35" s="71"/>
       <c r="B35" s="72"/>
       <c r="C35" s="71"/>
       <c r="D35" s="72"/>
       <c r="E35" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F35" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G35" s="6"/>
       <c r="H35" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I35" s="11"/>
       <c r="J35" s="102"/>
       <c r="K35" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L35" s="130"/>
       <c r="M35" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N35" s="77"/>
       <c r="O35" s="8"/>
       <c r="P35" s="8"/>
       <c r="Q35" s="8"/>
       <c r="R35" s="7"/>
       <c r="S35" s="9"/>
       <c r="T35" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U35" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -5375,51 +5384,51 @@
       </c>
       <c r="AC35" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD35" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A36" s="71"/>
       <c r="B36" s="72"/>
       <c r="C36" s="71"/>
       <c r="D36" s="72"/>
       <c r="E36" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F36" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G36" s="6"/>
       <c r="H36" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I36" s="11"/>
       <c r="J36" s="102"/>
       <c r="K36" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L36" s="130"/>
       <c r="M36" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N36" s="77"/>
       <c r="O36" s="8"/>
       <c r="P36" s="8"/>
       <c r="Q36" s="8"/>
       <c r="R36" s="7"/>
       <c r="S36" s="9"/>
       <c r="T36" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U36" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -5444,51 +5453,51 @@
       </c>
       <c r="AC36" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD36" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A37" s="71"/>
       <c r="B37" s="72"/>
       <c r="C37" s="71"/>
       <c r="D37" s="72"/>
       <c r="E37" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F37" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G37" s="6"/>
       <c r="H37" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I37" s="11"/>
       <c r="J37" s="102"/>
       <c r="K37" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L37" s="130"/>
       <c r="M37" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N37" s="77"/>
       <c r="O37" s="8"/>
       <c r="P37" s="8"/>
       <c r="Q37" s="8"/>
       <c r="R37" s="7"/>
       <c r="S37" s="9"/>
       <c r="T37" s="14" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U37" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -5513,51 +5522,51 @@
       </c>
       <c r="AC37" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD37" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A38" s="71"/>
       <c r="B38" s="72"/>
       <c r="C38" s="71"/>
       <c r="D38" s="72"/>
       <c r="E38" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F38" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G38" s="6"/>
       <c r="H38" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I38" s="11"/>
       <c r="J38" s="102"/>
       <c r="K38" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L38" s="130"/>
       <c r="M38" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N38" s="77"/>
       <c r="O38" s="8"/>
       <c r="P38" s="8"/>
       <c r="Q38" s="8"/>
       <c r="R38" s="7"/>
       <c r="S38" s="9"/>
       <c r="T38" s="14" t="str">
         <f t="shared" ref="T38:T45" si="14">IF((E38&gt;1),(E38-1)*24+12*2,IF(E38=1,12*2,""))</f>
         <v/>
       </c>
       <c r="U38" s="15">
         <f t="shared" ref="U38:U41" si="15">IF(AD38&lt;&gt;"",IF((AD38)&gt;=1441,24,IF((AD38)&gt;=661,12,IF((AD38)&gt;=481,6,0))),"")</f>
         <v>0</v>
       </c>
@@ -5582,51 +5591,51 @@
       </c>
       <c r="AC38" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD38" s="13">
         <f t="shared" ref="AD38:AD45" si="18">MINUTE(F38)+HOUR(F38)*60</f>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A39" s="71"/>
       <c r="B39" s="72"/>
       <c r="C39" s="71"/>
       <c r="D39" s="72"/>
       <c r="E39" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F39" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G39" s="6"/>
       <c r="H39" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I39" s="11"/>
       <c r="J39" s="102"/>
       <c r="K39" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L39" s="130"/>
       <c r="M39" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N39" s="77"/>
       <c r="O39" s="8"/>
       <c r="P39" s="8"/>
       <c r="Q39" s="8"/>
       <c r="R39" s="7"/>
       <c r="S39" s="9"/>
       <c r="T39" s="14" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="U39" s="15">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
@@ -5651,51 +5660,51 @@
       </c>
       <c r="AC39" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD39" s="13">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A40" s="71"/>
       <c r="B40" s="72"/>
       <c r="C40" s="71"/>
       <c r="D40" s="72"/>
       <c r="E40" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F40" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G40" s="6"/>
       <c r="H40" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I40" s="11"/>
       <c r="J40" s="102"/>
       <c r="K40" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L40" s="130"/>
       <c r="M40" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N40" s="77"/>
       <c r="O40" s="8"/>
       <c r="P40" s="8"/>
       <c r="Q40" s="8"/>
       <c r="R40" s="7"/>
       <c r="S40" s="9"/>
       <c r="T40" s="14" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="U40" s="15">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
@@ -5720,51 +5729,51 @@
       </c>
       <c r="AC40" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD40" s="13">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A41" s="71"/>
       <c r="B41" s="72"/>
       <c r="C41" s="71"/>
       <c r="D41" s="72"/>
       <c r="E41" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F41" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G41" s="6"/>
       <c r="H41" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I41" s="11"/>
       <c r="J41" s="102"/>
       <c r="K41" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L41" s="130"/>
       <c r="M41" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N41" s="77"/>
       <c r="O41" s="8"/>
       <c r="P41" s="8"/>
       <c r="Q41" s="8"/>
       <c r="R41" s="7"/>
       <c r="S41" s="9"/>
       <c r="T41" s="14" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="U41" s="15">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
@@ -5789,51 +5798,51 @@
       </c>
       <c r="AC41" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD41" s="13">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A42" s="71"/>
       <c r="B42" s="72"/>
       <c r="C42" s="71"/>
       <c r="D42" s="72"/>
       <c r="E42" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F42" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G42" s="6"/>
       <c r="H42" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I42" s="11"/>
       <c r="J42" s="102"/>
       <c r="K42" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L42" s="130"/>
       <c r="M42" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N42" s="77"/>
       <c r="O42" s="8"/>
       <c r="P42" s="8"/>
       <c r="Q42" s="8"/>
       <c r="R42" s="7"/>
       <c r="S42" s="9"/>
       <c r="T42" s="14" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="U42" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -5858,51 +5867,51 @@
       </c>
       <c r="AC42" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD42" s="13">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A43" s="71"/>
       <c r="B43" s="72"/>
       <c r="C43" s="71"/>
       <c r="D43" s="72"/>
       <c r="E43" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F43" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G43" s="6"/>
       <c r="H43" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I43" s="11"/>
       <c r="J43" s="102"/>
       <c r="K43" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L43" s="130"/>
       <c r="M43" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N43" s="77"/>
       <c r="O43" s="8"/>
       <c r="P43" s="8"/>
       <c r="Q43" s="8"/>
       <c r="R43" s="7"/>
       <c r="S43" s="9"/>
       <c r="T43" s="14" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="U43" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -5927,51 +5936,51 @@
       </c>
       <c r="AC43" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD43" s="13">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:30" x14ac:dyDescent="0.3">
       <c r="A44" s="71"/>
       <c r="B44" s="72"/>
       <c r="C44" s="71"/>
       <c r="D44" s="72"/>
       <c r="E44" s="73">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
       <c r="F44" s="18">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="G44" s="6"/>
       <c r="H44" s="129" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I44" s="11"/>
       <c r="J44" s="102"/>
       <c r="K44" s="76" t="s">
         <v>0</v>
       </c>
       <c r="L44" s="130"/>
       <c r="M44" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N44" s="77"/>
       <c r="O44" s="8"/>
       <c r="P44" s="8"/>
       <c r="Q44" s="8"/>
       <c r="R44" s="7"/>
       <c r="S44" s="9"/>
       <c r="T44" s="14" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="U44" s="15">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
@@ -5982,1110 +5991,1116 @@
       <c r="W44" s="16">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="X44" s="77"/>
       <c r="Y44" s="83"/>
       <c r="Z44" s="78"/>
       <c r="AA44" s="84">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="AB44" s="26">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="AC44" s="26">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
       <c r="AD44" s="13">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:30" x14ac:dyDescent="0.3">
-      <c r="A45" s="142"/>
-[...13 lines deleted...]
-      <c r="M45" s="137">
+      <c r="A45" s="139"/>
+      <c r="B45" s="140"/>
+      <c r="C45" s="139"/>
+      <c r="D45" s="140"/>
+      <c r="E45" s="141"/>
+      <c r="F45" s="142"/>
+      <c r="G45" s="142"/>
+      <c r="H45" s="143" t="s">
+        <v>87</v>
+      </c>
+      <c r="I45" s="144"/>
+      <c r="J45" s="145"/>
+      <c r="K45" s="146"/>
+      <c r="L45" s="146"/>
+      <c r="M45" s="147">
         <f>SUM(M14:M44)</f>
         <v>0</v>
       </c>
       <c r="N45" s="148">
         <f>SUM(N14:N44)</f>
         <v>0</v>
       </c>
       <c r="O45" s="149"/>
       <c r="P45" s="149"/>
       <c r="Q45" s="149"/>
-      <c r="R45" s="137"/>
-[...1 lines deleted...]
-      <c r="T45" s="138" t="str">
+      <c r="R45" s="147"/>
+      <c r="S45" s="148">
+        <f>SUM(S14:S44)</f>
+        <v>0</v>
+      </c>
+      <c r="T45" s="150" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
-      <c r="U45" s="139">
+      <c r="U45" s="151">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
-      <c r="V45" s="139">
+      <c r="V45" s="151">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
-      <c r="W45" s="139">
+      <c r="W45" s="151">
         <f>SUM(W14:W44)</f>
         <v>0</v>
       </c>
       <c r="X45" s="148">
         <f>SUM(X14:X44)</f>
         <v>0</v>
       </c>
-      <c r="Y45" s="150"/>
-[...1 lines deleted...]
-      <c r="AA45" s="141">
+      <c r="Y45" s="152"/>
+      <c r="Z45" s="148">
+        <f>SUM(Z14:Z44)</f>
+        <v>0</v>
+      </c>
+      <c r="AA45" s="153">
         <f>SUM(AA14:AA44)</f>
         <v>0</v>
       </c>
-      <c r="AB45" s="286">
+      <c r="AB45" s="283">
         <f>AC44</f>
         <v>0</v>
       </c>
-      <c r="AC45" s="287"/>
+      <c r="AC45" s="284"/>
       <c r="AD45" s="13">
         <f t="shared" si="18"/>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:30" ht="33.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="12"/>
       <c r="B46" s="12"/>
       <c r="C46" s="12"/>
       <c r="D46" s="12"/>
       <c r="E46" s="12"/>
       <c r="F46" s="12"/>
       <c r="G46" s="118"/>
       <c r="H46" s="12"/>
       <c r="I46" s="12"/>
       <c r="J46" s="12"/>
       <c r="K46" s="12"/>
       <c r="L46" s="12"/>
       <c r="M46" s="132"/>
       <c r="N46" s="12"/>
       <c r="O46" s="12"/>
       <c r="P46" s="12"/>
       <c r="Q46" s="12"/>
-      <c r="R46" s="140" t="s">
-[...3 lines deleted...]
-      <c r="T46" s="140"/>
+      <c r="R46" s="135" t="s">
+        <v>71</v>
+      </c>
+      <c r="S46" s="135"/>
+      <c r="T46" s="135"/>
       <c r="U46" s="12"/>
       <c r="V46" s="12"/>
       <c r="W46" s="12"/>
-      <c r="X46" s="152"/>
-[...4 lines deleted...]
-      <c r="AC46" s="289"/>
+      <c r="X46" s="136"/>
+      <c r="Y46" s="136"/>
+      <c r="Z46" s="136"/>
+      <c r="AA46" s="136"/>
+      <c r="AB46" s="285"/>
+      <c r="AC46" s="286"/>
     </row>
     <row r="48" spans="1:30" x14ac:dyDescent="0.3">
-      <c r="A48" s="239" t="s">
-[...29 lines deleted...]
-      <c r="AC48" s="240"/>
+      <c r="A48" s="236" t="s">
+        <v>56</v>
+      </c>
+      <c r="B48" s="237"/>
+      <c r="C48" s="237"/>
+      <c r="D48" s="237"/>
+      <c r="E48" s="237"/>
+      <c r="F48" s="237"/>
+      <c r="G48" s="237"/>
+      <c r="H48" s="237"/>
+      <c r="I48" s="237"/>
+      <c r="J48" s="237"/>
+      <c r="K48" s="237"/>
+      <c r="L48" s="237"/>
+      <c r="M48" s="237"/>
+      <c r="N48" s="237"/>
+      <c r="O48" s="237"/>
+      <c r="P48" s="237"/>
+      <c r="Q48" s="237"/>
+      <c r="R48" s="237"/>
+      <c r="S48" s="237"/>
+      <c r="T48" s="237"/>
+      <c r="U48" s="237"/>
+      <c r="V48" s="237"/>
+      <c r="W48" s="237"/>
+      <c r="X48" s="237"/>
+      <c r="Y48" s="237"/>
+      <c r="Z48" s="237"/>
+      <c r="AA48" s="237"/>
+      <c r="AB48" s="237"/>
+      <c r="AC48" s="237"/>
     </row>
     <row r="49" spans="1:33" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="240"/>
-[...27 lines deleted...]
-      <c r="AC49" s="240"/>
+      <c r="A49" s="237"/>
+      <c r="B49" s="237"/>
+      <c r="C49" s="237"/>
+      <c r="D49" s="237"/>
+      <c r="E49" s="237"/>
+      <c r="F49" s="237"/>
+      <c r="G49" s="237"/>
+      <c r="H49" s="237"/>
+      <c r="I49" s="237"/>
+      <c r="J49" s="237"/>
+      <c r="K49" s="237"/>
+      <c r="L49" s="237"/>
+      <c r="M49" s="237"/>
+      <c r="N49" s="237"/>
+      <c r="O49" s="237"/>
+      <c r="P49" s="237"/>
+      <c r="Q49" s="237"/>
+      <c r="R49" s="237"/>
+      <c r="S49" s="237"/>
+      <c r="T49" s="237"/>
+      <c r="U49" s="237"/>
+      <c r="V49" s="237"/>
+      <c r="W49" s="237"/>
+      <c r="X49" s="237"/>
+      <c r="Y49" s="237"/>
+      <c r="Z49" s="237"/>
+      <c r="AA49" s="237"/>
+      <c r="AB49" s="237"/>
+      <c r="AC49" s="237"/>
     </row>
     <row r="50" spans="1:33" ht="36.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A50" s="282" t="s">
-[...19 lines deleted...]
-      <c r="S50" s="282"/>
+      <c r="A50" s="279" t="s">
+        <v>85</v>
+      </c>
+      <c r="B50" s="279"/>
+      <c r="C50" s="279"/>
+      <c r="D50" s="279"/>
+      <c r="E50" s="279"/>
+      <c r="F50" s="279"/>
+      <c r="G50" s="279"/>
+      <c r="H50" s="279"/>
+      <c r="I50" s="279"/>
+      <c r="J50" s="279"/>
+      <c r="K50" s="279"/>
+      <c r="L50" s="279"/>
+      <c r="M50" s="279"/>
+      <c r="N50" s="279"/>
+      <c r="O50" s="279"/>
+      <c r="P50" s="279"/>
+      <c r="Q50" s="279"/>
+      <c r="R50" s="279"/>
+      <c r="S50" s="279"/>
       <c r="T50" s="57"/>
       <c r="U50" s="57"/>
       <c r="V50" s="57"/>
       <c r="W50" s="57"/>
       <c r="X50" s="57"/>
       <c r="Y50" s="61"/>
       <c r="Z50" s="57"/>
       <c r="AA50" s="57"/>
       <c r="AB50" s="57"/>
       <c r="AC50" s="57"/>
     </row>
     <row r="51" spans="1:33" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="283" t="s">
-[...29 lines deleted...]
-      <c r="AC51" s="283"/>
+      <c r="A51" s="280" t="s">
+        <v>72</v>
+      </c>
+      <c r="B51" s="280"/>
+      <c r="C51" s="280"/>
+      <c r="D51" s="280"/>
+      <c r="E51" s="280"/>
+      <c r="F51" s="280"/>
+      <c r="G51" s="280"/>
+      <c r="H51" s="280"/>
+      <c r="I51" s="280"/>
+      <c r="J51" s="280"/>
+      <c r="K51" s="280"/>
+      <c r="L51" s="280"/>
+      <c r="M51" s="280"/>
+      <c r="N51" s="280"/>
+      <c r="O51" s="280"/>
+      <c r="P51" s="280"/>
+      <c r="Q51" s="280"/>
+      <c r="R51" s="280"/>
+      <c r="S51" s="280"/>
+      <c r="T51" s="280"/>
+      <c r="U51" s="280"/>
+      <c r="V51" s="280"/>
+      <c r="W51" s="280"/>
+      <c r="X51" s="280"/>
+      <c r="Y51" s="280"/>
+      <c r="Z51" s="280"/>
+      <c r="AA51" s="280"/>
+      <c r="AB51" s="280"/>
+      <c r="AC51" s="280"/>
     </row>
     <row r="52" spans="1:33" s="121" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="47" t="s">
-        <v>36</v>
-[...30 lines deleted...]
-      <c r="AC52" s="281"/>
+        <v>34</v>
+      </c>
+      <c r="B52" s="278" t="s">
+        <v>81</v>
+      </c>
+      <c r="C52" s="278"/>
+      <c r="D52" s="278"/>
+      <c r="E52" s="278"/>
+      <c r="F52" s="278"/>
+      <c r="G52" s="278"/>
+      <c r="H52" s="278"/>
+      <c r="I52" s="278"/>
+      <c r="J52" s="278"/>
+      <c r="K52" s="278"/>
+      <c r="L52" s="278"/>
+      <c r="M52" s="278"/>
+      <c r="N52" s="278"/>
+      <c r="O52" s="278"/>
+      <c r="P52" s="278"/>
+      <c r="Q52" s="278"/>
+      <c r="R52" s="278"/>
+      <c r="S52" s="278"/>
+      <c r="T52" s="278"/>
+      <c r="U52" s="278"/>
+      <c r="V52" s="278"/>
+      <c r="W52" s="278"/>
+      <c r="X52" s="278"/>
+      <c r="Y52" s="278"/>
+      <c r="Z52" s="278"/>
+      <c r="AA52" s="278"/>
+      <c r="AB52" s="278"/>
+      <c r="AC52" s="278"/>
       <c r="AD52" s="120"/>
       <c r="AE52" s="120"/>
       <c r="AF52" s="120"/>
       <c r="AG52" s="120"/>
     </row>
     <row r="53" spans="1:33" ht="198" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="47" t="s">
-        <v>37</v>
-[...30 lines deleted...]
-      <c r="AC53" s="170"/>
+        <v>35</v>
+      </c>
+      <c r="B53" s="169" t="s">
+        <v>64</v>
+      </c>
+      <c r="C53" s="169"/>
+      <c r="D53" s="169"/>
+      <c r="E53" s="169"/>
+      <c r="F53" s="169"/>
+      <c r="G53" s="169"/>
+      <c r="H53" s="169"/>
+      <c r="I53" s="169"/>
+      <c r="J53" s="169"/>
+      <c r="K53" s="169"/>
+      <c r="L53" s="169"/>
+      <c r="M53" s="169"/>
+      <c r="N53" s="169"/>
+      <c r="O53" s="169"/>
+      <c r="P53" s="169"/>
+      <c r="Q53" s="169"/>
+      <c r="R53" s="169"/>
+      <c r="S53" s="169"/>
+      <c r="T53" s="169"/>
+      <c r="U53" s="169"/>
+      <c r="V53" s="169"/>
+      <c r="W53" s="169"/>
+      <c r="X53" s="169"/>
+      <c r="Y53" s="169"/>
+      <c r="Z53" s="169"/>
+      <c r="AA53" s="169"/>
+      <c r="AB53" s="169"/>
+      <c r="AC53" s="169"/>
     </row>
     <row r="54" spans="1:33" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="47"/>
-      <c r="B54" s="171" t="s">
+      <c r="B54" s="170" t="s">
+        <v>43</v>
+      </c>
+      <c r="C54" s="170"/>
+      <c r="D54" s="170"/>
+      <c r="E54" s="170"/>
+      <c r="F54" s="170"/>
+      <c r="G54" s="170"/>
+      <c r="H54" s="34" t="s">
         <v>45</v>
-      </c>
-[...6 lines deleted...]
-        <v>47</v>
       </c>
       <c r="I54" s="40"/>
       <c r="J54" s="40"/>
       <c r="K54" s="40"/>
       <c r="L54" s="40"/>
       <c r="M54" s="40"/>
       <c r="N54" s="40"/>
       <c r="O54" s="40"/>
       <c r="P54" s="40"/>
       <c r="Q54" s="40"/>
       <c r="R54" s="40"/>
       <c r="S54" s="40"/>
       <c r="T54" s="12"/>
       <c r="U54" s="12"/>
       <c r="V54" s="12"/>
       <c r="W54" s="12"/>
       <c r="X54" s="12"/>
       <c r="Y54" s="62"/>
       <c r="Z54" s="12"/>
       <c r="AA54" s="12"/>
       <c r="AB54" s="12"/>
       <c r="AC54" s="12"/>
     </row>
     <row r="55" spans="1:33" ht="3" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="48"/>
       <c r="B55" s="34"/>
       <c r="C55" s="34"/>
       <c r="D55" s="34"/>
       <c r="E55" s="34"/>
       <c r="F55" s="34"/>
       <c r="G55" s="34"/>
       <c r="H55" s="34"/>
       <c r="I55" s="37"/>
       <c r="J55" s="37"/>
       <c r="K55" s="37"/>
       <c r="L55" s="37"/>
       <c r="M55" s="37"/>
       <c r="N55" s="37"/>
       <c r="O55" s="37"/>
       <c r="P55" s="37"/>
       <c r="Q55" s="37"/>
       <c r="R55" s="37"/>
       <c r="S55" s="37"/>
     </row>
     <row r="56" spans="1:33" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="48"/>
       <c r="B56" s="12"/>
       <c r="C56" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="D56" s="262" t="s">
+        <v>46</v>
+      </c>
+      <c r="E56" s="273" t="s">
+        <v>48</v>
+      </c>
+      <c r="F56" s="273"/>
+      <c r="G56" s="56" t="s">
         <v>49</v>
       </c>
-      <c r="D56" s="265" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="276" t="s">
+      <c r="H56" s="262" t="s">
         <v>50</v>
       </c>
-      <c r="F56" s="276"/>
-[...5 lines deleted...]
-      </c>
       <c r="I56" s="56" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="J56" s="31"/>
       <c r="K56" s="31"/>
       <c r="L56" s="31"/>
       <c r="M56" s="31"/>
       <c r="N56" s="31"/>
       <c r="O56" s="31"/>
       <c r="P56" s="31"/>
       <c r="Q56" s="31"/>
       <c r="R56" s="31"/>
       <c r="S56" s="31"/>
     </row>
     <row r="57" spans="1:33" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="48"/>
       <c r="B57" s="12"/>
       <c r="C57" s="117"/>
-      <c r="D57" s="266"/>
-[...1 lines deleted...]
-      <c r="F57" s="268"/>
+      <c r="D57" s="263"/>
+      <c r="E57" s="264"/>
+      <c r="F57" s="265"/>
       <c r="G57" s="44"/>
-      <c r="H57" s="266"/>
+      <c r="H57" s="263"/>
       <c r="I57" s="44"/>
       <c r="J57" s="31"/>
       <c r="K57" s="31"/>
       <c r="L57" s="31"/>
       <c r="M57" s="31"/>
       <c r="N57" s="31"/>
       <c r="O57" s="31"/>
       <c r="P57" s="31"/>
       <c r="Q57" s="31"/>
       <c r="R57" s="31"/>
       <c r="S57" s="31"/>
     </row>
     <row r="58" spans="1:33" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="48"/>
       <c r="B58" s="55"/>
       <c r="C58" s="118"/>
-      <c r="D58" s="266"/>
-[...1 lines deleted...]
-      <c r="F58" s="264"/>
+      <c r="D58" s="263"/>
+      <c r="E58" s="261"/>
+      <c r="F58" s="261"/>
       <c r="G58" s="44"/>
-      <c r="H58" s="266"/>
+      <c r="H58" s="263"/>
       <c r="I58" s="44"/>
       <c r="J58" s="31"/>
       <c r="K58" s="31"/>
       <c r="L58" s="31"/>
       <c r="M58" s="31"/>
       <c r="N58" s="31"/>
       <c r="O58" s="31"/>
       <c r="P58" s="31"/>
       <c r="Q58" s="31"/>
       <c r="R58" s="31"/>
       <c r="S58" s="31"/>
     </row>
     <row r="59" spans="1:33" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="48"/>
       <c r="B59" s="54"/>
       <c r="C59" s="54"/>
-      <c r="D59" s="266"/>
-[...1 lines deleted...]
-      <c r="F59" s="277"/>
+      <c r="D59" s="263"/>
+      <c r="E59" s="274"/>
+      <c r="F59" s="274"/>
       <c r="G59" s="45"/>
-      <c r="H59" s="266"/>
+      <c r="H59" s="263"/>
       <c r="I59" s="45"/>
       <c r="J59" s="31"/>
       <c r="K59" s="31"/>
       <c r="L59" s="31"/>
       <c r="M59" s="31"/>
       <c r="N59" s="31"/>
       <c r="O59" s="31"/>
       <c r="P59" s="31"/>
       <c r="Q59" s="31"/>
       <c r="R59" s="31"/>
       <c r="S59" s="31"/>
     </row>
     <row r="60" spans="1:33" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="48"/>
-      <c r="B60" s="223" t="s">
-[...18 lines deleted...]
-      <c r="S60" s="275"/>
+      <c r="B60" s="220" t="s">
+        <v>55</v>
+      </c>
+      <c r="C60" s="220"/>
+      <c r="D60" s="220"/>
+      <c r="E60" s="220"/>
+      <c r="F60" s="220"/>
+      <c r="G60" s="270"/>
+      <c r="H60" s="271"/>
+      <c r="I60" s="271"/>
+      <c r="J60" s="271"/>
+      <c r="K60" s="271"/>
+      <c r="L60" s="271"/>
+      <c r="M60" s="271"/>
+      <c r="N60" s="271"/>
+      <c r="O60" s="271"/>
+      <c r="P60" s="271"/>
+      <c r="Q60" s="271"/>
+      <c r="R60" s="271"/>
+      <c r="S60" s="272"/>
     </row>
     <row r="61" spans="1:33" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="48"/>
       <c r="B61" s="31"/>
       <c r="C61" s="31"/>
       <c r="D61" s="35"/>
       <c r="E61" s="36"/>
       <c r="F61" s="36"/>
       <c r="G61" s="36"/>
       <c r="H61" s="35"/>
       <c r="I61" s="36"/>
       <c r="J61" s="31"/>
       <c r="K61" s="31"/>
       <c r="L61" s="31"/>
       <c r="M61" s="31"/>
       <c r="N61" s="31"/>
       <c r="O61" s="31"/>
       <c r="P61" s="31"/>
       <c r="Q61" s="31"/>
       <c r="R61" s="31"/>
       <c r="S61" s="31"/>
     </row>
     <row r="62" spans="1:33" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="47" t="s">
-        <v>38</v>
-[...30 lines deleted...]
-      <c r="AC62" s="172"/>
+        <v>36</v>
+      </c>
+      <c r="B62" s="169" t="s">
+        <v>76</v>
+      </c>
+      <c r="C62" s="171"/>
+      <c r="D62" s="171"/>
+      <c r="E62" s="171"/>
+      <c r="F62" s="171"/>
+      <c r="G62" s="171"/>
+      <c r="H62" s="171"/>
+      <c r="I62" s="171"/>
+      <c r="J62" s="171"/>
+      <c r="K62" s="171"/>
+      <c r="L62" s="171"/>
+      <c r="M62" s="171"/>
+      <c r="N62" s="171"/>
+      <c r="O62" s="171"/>
+      <c r="P62" s="171"/>
+      <c r="Q62" s="171"/>
+      <c r="R62" s="171"/>
+      <c r="S62" s="171"/>
+      <c r="T62" s="171"/>
+      <c r="U62" s="171"/>
+      <c r="V62" s="171"/>
+      <c r="W62" s="171"/>
+      <c r="X62" s="171"/>
+      <c r="Y62" s="171"/>
+      <c r="Z62" s="171"/>
+      <c r="AA62" s="171"/>
+      <c r="AB62" s="171"/>
+      <c r="AC62" s="171"/>
     </row>
     <row r="63" spans="1:33" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="30"/>
       <c r="G63" s="38"/>
     </row>
     <row r="64" spans="1:33" ht="18" x14ac:dyDescent="0.3">
       <c r="A64" s="47" t="s">
-        <v>39</v>
-[...12 lines deleted...]
-      <c r="K64" s="255"/>
+        <v>37</v>
+      </c>
+      <c r="B64" s="252" t="s">
+        <v>74</v>
+      </c>
+      <c r="C64" s="252"/>
+      <c r="D64" s="252"/>
+      <c r="E64" s="252"/>
+      <c r="F64" s="252"/>
+      <c r="G64" s="252"/>
+      <c r="H64" s="252"/>
+      <c r="I64" s="252"/>
+      <c r="J64" s="252"/>
+      <c r="K64" s="252"/>
       <c r="L64" s="123"/>
     </row>
     <row r="65" spans="1:33" x14ac:dyDescent="0.3">
-      <c r="B65" s="175" t="s">
-[...8 lines deleted...]
-      <c r="G65" s="175"/>
+      <c r="B65" s="174" t="s">
+        <v>48</v>
+      </c>
+      <c r="C65" s="174"/>
+      <c r="D65" s="174" t="s">
+        <v>73</v>
+      </c>
+      <c r="E65" s="174"/>
+      <c r="F65" s="174"/>
+      <c r="G65" s="174"/>
     </row>
     <row r="66" spans="1:33" x14ac:dyDescent="0.3">
-      <c r="B66" s="174"/>
-[...4 lines deleted...]
-      <c r="G66" s="173"/>
+      <c r="B66" s="173"/>
+      <c r="C66" s="173"/>
+      <c r="D66" s="172"/>
+      <c r="E66" s="172"/>
+      <c r="F66" s="172"/>
+      <c r="G66" s="172"/>
     </row>
     <row r="67" spans="1:33" x14ac:dyDescent="0.3">
-      <c r="B67" s="174"/>
-[...4 lines deleted...]
-      <c r="G67" s="173"/>
+      <c r="B67" s="173"/>
+      <c r="C67" s="173"/>
+      <c r="D67" s="172"/>
+      <c r="E67" s="172"/>
+      <c r="F67" s="172"/>
+      <c r="G67" s="172"/>
     </row>
     <row r="68" spans="1:33" x14ac:dyDescent="0.3">
-      <c r="B68" s="174"/>
-[...4 lines deleted...]
-      <c r="G68" s="173"/>
+      <c r="B68" s="173"/>
+      <c r="C68" s="173"/>
+      <c r="D68" s="172"/>
+      <c r="E68" s="172"/>
+      <c r="F68" s="172"/>
+      <c r="G68" s="172"/>
     </row>
     <row r="69" spans="1:33" x14ac:dyDescent="0.3">
-      <c r="B69" s="174"/>
-[...4 lines deleted...]
-      <c r="G69" s="173"/>
+      <c r="B69" s="173"/>
+      <c r="C69" s="173"/>
+      <c r="D69" s="172"/>
+      <c r="E69" s="172"/>
+      <c r="F69" s="172"/>
+      <c r="G69" s="172"/>
     </row>
     <row r="70" spans="1:33" x14ac:dyDescent="0.3">
-      <c r="B70" s="174"/>
-[...4 lines deleted...]
-      <c r="G70" s="173"/>
+      <c r="B70" s="173"/>
+      <c r="C70" s="173"/>
+      <c r="D70" s="172"/>
+      <c r="E70" s="172"/>
+      <c r="F70" s="172"/>
+      <c r="G70" s="172"/>
     </row>
     <row r="71" spans="1:33" ht="8.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="72" spans="1:33" ht="18" x14ac:dyDescent="0.3">
       <c r="A72" s="47" t="s">
-        <v>78</v>
-[...20 lines deleted...]
-      <c r="S72" s="172"/>
+        <v>75</v>
+      </c>
+      <c r="B72" s="171" t="s">
+        <v>51</v>
+      </c>
+      <c r="C72" s="171"/>
+      <c r="D72" s="171"/>
+      <c r="E72" s="171"/>
+      <c r="F72" s="171"/>
+      <c r="G72" s="171"/>
+      <c r="H72" s="171"/>
+      <c r="I72" s="171"/>
+      <c r="J72" s="171"/>
+      <c r="K72" s="171"/>
+      <c r="L72" s="171"/>
+      <c r="M72" s="171"/>
+      <c r="N72" s="171"/>
+      <c r="O72" s="171"/>
+      <c r="P72" s="171"/>
+      <c r="Q72" s="171"/>
+      <c r="R72" s="171"/>
+      <c r="S72" s="171"/>
       <c r="T72" s="12"/>
       <c r="U72" s="12"/>
       <c r="V72" s="12"/>
       <c r="W72" s="12"/>
       <c r="X72" s="12"/>
       <c r="Y72" s="62"/>
       <c r="Z72" s="12"/>
       <c r="AA72" s="12"/>
       <c r="AB72" s="12"/>
       <c r="AC72" s="12"/>
     </row>
     <row r="73" spans="1:33" ht="7.5" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="74" spans="1:33" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="47" t="s">
-        <v>82</v>
-[...7 lines deleted...]
-      <c r="F74" s="271"/>
+        <v>79</v>
+      </c>
+      <c r="B74" s="266" t="s">
+        <v>38</v>
+      </c>
+      <c r="C74" s="267"/>
+      <c r="D74" s="267"/>
+      <c r="E74" s="267"/>
+      <c r="F74" s="268"/>
       <c r="G74" s="41" t="s">
-        <v>43</v>
-[...19 lines deleted...]
-      <c r="X74" s="163"/>
+        <v>41</v>
+      </c>
+      <c r="H74" s="160" t="s">
+        <v>61</v>
+      </c>
+      <c r="I74" s="161"/>
+      <c r="J74" s="161"/>
+      <c r="K74" s="161"/>
+      <c r="L74" s="161"/>
+      <c r="M74" s="161"/>
+      <c r="N74" s="161"/>
+      <c r="O74" s="161"/>
+      <c r="P74" s="161"/>
+      <c r="Q74" s="161"/>
+      <c r="R74" s="161"/>
+      <c r="S74" s="161"/>
+      <c r="T74" s="161"/>
+      <c r="U74" s="161"/>
+      <c r="V74" s="161"/>
+      <c r="W74" s="161"/>
+      <c r="X74" s="162"/>
       <c r="Y74" s="63"/>
       <c r="Z74" s="51"/>
       <c r="AA74" s="51"/>
       <c r="AB74" s="51"/>
       <c r="AC74" s="51"/>
       <c r="AG74" s="1"/>
     </row>
     <row r="75" spans="1:33" ht="18" x14ac:dyDescent="0.3">
       <c r="A75" s="47"/>
-      <c r="B75" s="155" t="s">
-[...5 lines deleted...]
-      <c r="F75" s="157"/>
+      <c r="B75" s="154" t="s">
+        <v>39</v>
+      </c>
+      <c r="C75" s="155"/>
+      <c r="D75" s="155"/>
+      <c r="E75" s="155"/>
+      <c r="F75" s="156"/>
       <c r="G75" s="46">
         <v>2</v>
       </c>
-      <c r="H75" s="164"/>
-[...15 lines deleted...]
-      <c r="X75" s="166"/>
+      <c r="H75" s="163"/>
+      <c r="I75" s="164"/>
+      <c r="J75" s="164"/>
+      <c r="K75" s="164"/>
+      <c r="L75" s="164"/>
+      <c r="M75" s="164"/>
+      <c r="N75" s="164"/>
+      <c r="O75" s="164"/>
+      <c r="P75" s="164"/>
+      <c r="Q75" s="164"/>
+      <c r="R75" s="164"/>
+      <c r="S75" s="164"/>
+      <c r="T75" s="164"/>
+      <c r="U75" s="164"/>
+      <c r="V75" s="164"/>
+      <c r="W75" s="164"/>
+      <c r="X75" s="165"/>
       <c r="Y75" s="63"/>
       <c r="Z75" s="51"/>
       <c r="AA75" s="51"/>
       <c r="AB75" s="51"/>
       <c r="AC75" s="51"/>
       <c r="AG75" s="1"/>
     </row>
     <row r="76" spans="1:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A76" s="47"/>
-      <c r="B76" s="155" t="s">
-[...5 lines deleted...]
-      <c r="F76" s="157"/>
+      <c r="B76" s="154" t="s">
+        <v>42</v>
+      </c>
+      <c r="C76" s="155"/>
+      <c r="D76" s="155"/>
+      <c r="E76" s="155"/>
+      <c r="F76" s="156"/>
       <c r="G76" s="46">
         <v>2</v>
       </c>
       <c r="H76" s="12" t="s">
+        <v>58</v>
+      </c>
+      <c r="I76" s="49" t="s">
         <v>60</v>
       </c>
-      <c r="I76" s="49" t="s">
-[...18 lines deleted...]
-      <c r="X76" s="160"/>
+      <c r="J76" s="157" t="s">
+        <v>66</v>
+      </c>
+      <c r="K76" s="158"/>
+      <c r="L76" s="158"/>
+      <c r="M76" s="158"/>
+      <c r="N76" s="158"/>
+      <c r="O76" s="158"/>
+      <c r="P76" s="158"/>
+      <c r="Q76" s="158"/>
+      <c r="R76" s="158"/>
+      <c r="S76" s="158"/>
+      <c r="T76" s="158"/>
+      <c r="U76" s="158"/>
+      <c r="V76" s="158"/>
+      <c r="W76" s="158"/>
+      <c r="X76" s="159"/>
       <c r="Y76" s="64"/>
       <c r="Z76" s="52"/>
       <c r="AA76" s="52"/>
       <c r="AB76" s="52"/>
       <c r="AC76" s="52"/>
       <c r="AG76" s="1"/>
     </row>
     <row r="77" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A77" s="119"/>
-      <c r="B77" s="155" t="s">
-[...5 lines deleted...]
-      <c r="F77" s="157"/>
+      <c r="B77" s="154" t="s">
+        <v>62</v>
+      </c>
+      <c r="C77" s="155"/>
+      <c r="D77" s="155"/>
+      <c r="E77" s="155"/>
+      <c r="F77" s="156"/>
       <c r="G77" s="42" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="H77" s="12" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I77" s="50" t="s">
-        <v>62</v>
-[...17 lines deleted...]
-      <c r="X77" s="169"/>
+        <v>60</v>
+      </c>
+      <c r="J77" s="166" t="s">
+        <v>57</v>
+      </c>
+      <c r="K77" s="167"/>
+      <c r="L77" s="167"/>
+      <c r="M77" s="167"/>
+      <c r="N77" s="167"/>
+      <c r="O77" s="167"/>
+      <c r="P77" s="167"/>
+      <c r="Q77" s="167"/>
+      <c r="R77" s="167"/>
+      <c r="S77" s="167"/>
+      <c r="T77" s="167"/>
+      <c r="U77" s="167"/>
+      <c r="V77" s="167"/>
+      <c r="W77" s="167"/>
+      <c r="X77" s="168"/>
       <c r="Y77" s="64"/>
       <c r="Z77" s="52"/>
       <c r="AA77" s="52"/>
       <c r="AB77" s="52"/>
       <c r="AC77" s="52"/>
       <c r="AG77" s="1"/>
     </row>
     <row r="78" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A78" s="119"/>
-      <c r="B78" s="155" t="s">
-[...5 lines deleted...]
-      <c r="F78" s="157"/>
+      <c r="B78" s="154" t="s">
+        <v>63</v>
+      </c>
+      <c r="C78" s="155"/>
+      <c r="D78" s="155"/>
+      <c r="E78" s="155"/>
+      <c r="F78" s="156"/>
       <c r="G78" s="42" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="H78" s="12"/>
       <c r="I78" s="39"/>
-      <c r="J78" s="155" t="s">
-[...2 lines deleted...]
-      <c r="K78" s="157"/>
+      <c r="J78" s="154" t="s">
+        <v>52</v>
+      </c>
+      <c r="K78" s="156"/>
       <c r="L78" s="122"/>
-      <c r="M78" s="178"/>
-[...10 lines deleted...]
-      <c r="X78" s="179"/>
+      <c r="M78" s="177"/>
+      <c r="N78" s="177"/>
+      <c r="O78" s="177"/>
+      <c r="P78" s="177"/>
+      <c r="Q78" s="177"/>
+      <c r="R78" s="177"/>
+      <c r="S78" s="177"/>
+      <c r="T78" s="177"/>
+      <c r="U78" s="177"/>
+      <c r="V78" s="177"/>
+      <c r="W78" s="177"/>
+      <c r="X78" s="178"/>
       <c r="Y78" s="65"/>
       <c r="Z78" s="53"/>
       <c r="AA78" s="53"/>
       <c r="AB78" s="53"/>
       <c r="AC78" s="52"/>
       <c r="AG78" s="1"/>
     </row>
     <row r="79" spans="1:33" x14ac:dyDescent="0.3">
       <c r="A79" s="30"/>
-      <c r="B79" s="155" t="s">
-[...25 lines deleted...]
-      <c r="X79" s="179"/>
+      <c r="B79" s="154" t="s">
+        <v>40</v>
+      </c>
+      <c r="C79" s="156"/>
+      <c r="D79" s="179"/>
+      <c r="E79" s="180"/>
+      <c r="F79" s="180"/>
+      <c r="G79" s="181"/>
+      <c r="H79" s="154" t="s">
+        <v>53</v>
+      </c>
+      <c r="I79" s="155"/>
+      <c r="J79" s="155"/>
+      <c r="K79" s="155"/>
+      <c r="L79" s="155"/>
+      <c r="M79" s="156"/>
+      <c r="N79" s="176"/>
+      <c r="O79" s="177"/>
+      <c r="P79" s="177"/>
+      <c r="Q79" s="177"/>
+      <c r="R79" s="177"/>
+      <c r="S79" s="177"/>
+      <c r="T79" s="177"/>
+      <c r="U79" s="177"/>
+      <c r="V79" s="177"/>
+      <c r="W79" s="177"/>
+      <c r="X79" s="178"/>
       <c r="Y79" s="65"/>
       <c r="Z79" s="53"/>
       <c r="AA79" s="53"/>
       <c r="AB79" s="53"/>
       <c r="AC79" s="52"/>
       <c r="AG79" s="1"/>
     </row>
     <row r="80" spans="1:33" x14ac:dyDescent="0.3">
-      <c r="B80" s="183" t="s">
-[...23 lines deleted...]
-      <c r="X80" s="183"/>
+      <c r="B80" s="182" t="s">
+        <v>94</v>
+      </c>
+      <c r="C80" s="182"/>
+      <c r="D80" s="182"/>
+      <c r="E80" s="182"/>
+      <c r="F80" s="182"/>
+      <c r="G80" s="182"/>
+      <c r="H80" s="182"/>
+      <c r="I80" s="182"/>
+      <c r="J80" s="182"/>
+      <c r="K80" s="182"/>
+      <c r="L80" s="182"/>
+      <c r="M80" s="182"/>
+      <c r="N80" s="182"/>
+      <c r="O80" s="182"/>
+      <c r="P80" s="182"/>
+      <c r="Q80" s="182"/>
+      <c r="R80" s="182"/>
+      <c r="S80" s="182"/>
+      <c r="T80" s="182"/>
+      <c r="U80" s="182"/>
+      <c r="V80" s="182"/>
+      <c r="W80" s="182"/>
+      <c r="X80" s="182"/>
     </row>
     <row r="81" spans="1:24" x14ac:dyDescent="0.3">
-      <c r="B81" s="176"/>
-[...21 lines deleted...]
-      <c r="X81" s="176"/>
+      <c r="B81" s="175"/>
+      <c r="C81" s="175"/>
+      <c r="D81" s="175"/>
+      <c r="E81" s="175"/>
+      <c r="F81" s="175"/>
+      <c r="G81" s="175"/>
+      <c r="H81" s="175"/>
+      <c r="I81" s="175"/>
+      <c r="J81" s="175"/>
+      <c r="K81" s="175"/>
+      <c r="L81" s="175"/>
+      <c r="M81" s="175"/>
+      <c r="N81" s="175"/>
+      <c r="O81" s="175"/>
+      <c r="P81" s="175"/>
+      <c r="Q81" s="175"/>
+      <c r="R81" s="175"/>
+      <c r="S81" s="175"/>
+      <c r="T81" s="175"/>
+      <c r="U81" s="175"/>
+      <c r="V81" s="175"/>
+      <c r="W81" s="175"/>
+      <c r="X81" s="175"/>
     </row>
     <row r="82" spans="1:24" x14ac:dyDescent="0.3">
       <c r="B82" s="133"/>
       <c r="C82" s="133"/>
       <c r="D82" s="133"/>
       <c r="E82" s="133"/>
       <c r="F82" s="133"/>
       <c r="G82" s="133"/>
       <c r="H82" s="133"/>
       <c r="I82" s="133"/>
       <c r="J82" s="133"/>
       <c r="K82" s="133"/>
       <c r="L82" s="133"/>
       <c r="M82" s="133"/>
       <c r="N82" s="133"/>
       <c r="O82" s="133"/>
       <c r="P82" s="133"/>
       <c r="Q82" s="133"/>
       <c r="R82" s="133"/>
       <c r="S82" s="133"/>
       <c r="T82" s="133"/>
       <c r="U82" s="133"/>
       <c r="V82" s="133"/>
       <c r="W82" s="133"/>
       <c r="X82" s="133"/>
     </row>
     <row r="83" spans="1:24" ht="18" x14ac:dyDescent="0.3">
       <c r="A83" s="47" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="84" spans="1:24" x14ac:dyDescent="0.3">
-      <c r="B84" s="176"/>
-[...6 lines deleted...]
-      <c r="I84" s="176"/>
+      <c r="B84" s="175"/>
+      <c r="C84" s="175"/>
+      <c r="D84" s="175"/>
+      <c r="E84" s="175"/>
+      <c r="F84" s="175"/>
+      <c r="G84" s="175"/>
+      <c r="H84" s="175"/>
+      <c r="I84" s="175"/>
     </row>
     <row r="85" spans="1:24" x14ac:dyDescent="0.3">
-      <c r="B85" s="176"/>
-[...6 lines deleted...]
-      <c r="I85" s="176"/>
+      <c r="B85" s="175"/>
+      <c r="C85" s="175"/>
+      <c r="D85" s="175"/>
+      <c r="E85" s="175"/>
+      <c r="F85" s="175"/>
+      <c r="G85" s="175"/>
+      <c r="H85" s="175"/>
+      <c r="I85" s="175"/>
     </row>
     <row r="86" spans="1:24" x14ac:dyDescent="0.3">
-      <c r="B86" s="176"/>
-[...6 lines deleted...]
-      <c r="I86" s="176"/>
+      <c r="B86" s="175"/>
+      <c r="C86" s="175"/>
+      <c r="D86" s="175"/>
+      <c r="E86" s="175"/>
+      <c r="F86" s="175"/>
+      <c r="G86" s="175"/>
+      <c r="H86" s="175"/>
+      <c r="I86" s="175"/>
     </row>
     <row r="87" spans="1:24" x14ac:dyDescent="0.3">
-      <c r="B87" s="176"/>
-[...6 lines deleted...]
-      <c r="I87" s="176"/>
+      <c r="B87" s="175"/>
+      <c r="C87" s="175"/>
+      <c r="D87" s="175"/>
+      <c r="E87" s="175"/>
+      <c r="F87" s="175"/>
+      <c r="G87" s="175"/>
+      <c r="H87" s="175"/>
+      <c r="I87" s="175"/>
     </row>
     <row r="88" spans="1:24" x14ac:dyDescent="0.3">
-      <c r="B88" s="176"/>
-[...6 lines deleted...]
-      <c r="I88" s="176"/>
+      <c r="B88" s="175"/>
+      <c r="C88" s="175"/>
+      <c r="D88" s="175"/>
+      <c r="E88" s="175"/>
+      <c r="F88" s="175"/>
+      <c r="G88" s="175"/>
+      <c r="H88" s="175"/>
+      <c r="I88" s="175"/>
     </row>
     <row r="89" spans="1:24" x14ac:dyDescent="0.3">
-      <c r="B89" s="176"/>
-[...6 lines deleted...]
-      <c r="I89" s="176"/>
+      <c r="B89" s="175"/>
+      <c r="C89" s="175"/>
+      <c r="D89" s="175"/>
+      <c r="E89" s="175"/>
+      <c r="F89" s="175"/>
+      <c r="G89" s="175"/>
+      <c r="H89" s="175"/>
+      <c r="I89" s="175"/>
     </row>
     <row r="90" spans="1:24" x14ac:dyDescent="0.3">
-      <c r="B90" s="176"/>
-[...6 lines deleted...]
-      <c r="I90" s="176"/>
+      <c r="B90" s="175"/>
+      <c r="C90" s="175"/>
+      <c r="D90" s="175"/>
+      <c r="E90" s="175"/>
+      <c r="F90" s="175"/>
+      <c r="G90" s="175"/>
+      <c r="H90" s="175"/>
+      <c r="I90" s="175"/>
     </row>
     <row r="91" spans="1:24" x14ac:dyDescent="0.3">
-      <c r="B91" s="176"/>
-[...6 lines deleted...]
-      <c r="I91" s="176"/>
+      <c r="B91" s="175"/>
+      <c r="C91" s="175"/>
+      <c r="D91" s="175"/>
+      <c r="E91" s="175"/>
+      <c r="F91" s="175"/>
+      <c r="G91" s="175"/>
+      <c r="H91" s="175"/>
+      <c r="I91" s="175"/>
     </row>
     <row r="92" spans="1:24" x14ac:dyDescent="0.3">
-      <c r="B92" s="176"/>
-[...6 lines deleted...]
-      <c r="I92" s="176"/>
+      <c r="B92" s="175"/>
+      <c r="C92" s="175"/>
+      <c r="D92" s="175"/>
+      <c r="E92" s="175"/>
+      <c r="F92" s="175"/>
+      <c r="G92" s="175"/>
+      <c r="H92" s="175"/>
+      <c r="I92" s="175"/>
     </row>
     <row r="93" spans="1:24" x14ac:dyDescent="0.3">
-      <c r="B93" s="176"/>
-[...6 lines deleted...]
-      <c r="I93" s="176"/>
+      <c r="B93" s="175"/>
+      <c r="C93" s="175"/>
+      <c r="D93" s="175"/>
+      <c r="E93" s="175"/>
+      <c r="F93" s="175"/>
+      <c r="G93" s="175"/>
+      <c r="H93" s="175"/>
+      <c r="I93" s="175"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1"/>
   <customSheetViews>
     <customSheetView guid="{08FF4E17-C406-414E-ADAD-264CCC5657C6}" showPageBreaks="1">
       <selection activeCell="J8" sqref="J8"/>
       <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.47244094488188981" bottom="0.27559055118110237" header="0.31496062992125984" footer="0.31496062992125984"/>
       <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
     </customSheetView>
     <customSheetView guid="{CAD6DEB5-0DEE-413E-8C35-B5E064FE60E0}" showPageBreaks="1" view="pageLayout">
       <selection activeCell="H16" sqref="H16"/>
       <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.6692913385826772" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
       <pageSetup paperSize="9" orientation="landscape" r:id="rId2"/>
       <headerFooter>
         <oddHeader xml:space="preserve">&amp;L&amp;"-,Fett"&amp;14Reisekosten - Antrag auf Abrechnung für Lehrkräfte im Regierungsbezirk Köln
 </oddHeader>
         <oddFooter>&amp;CSeite &amp;P von &amp;N</oddFooter>
       </headerFooter>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="84">
     <mergeCell ref="G60:S60"/>
     <mergeCell ref="E56:F56"/>
     <mergeCell ref="E59:F59"/>
     <mergeCell ref="H56:H59"/>
@@ -7148,84 +7163,88 @@
     <mergeCell ref="H79:M79"/>
     <mergeCell ref="J78:K78"/>
     <mergeCell ref="N79:X79"/>
     <mergeCell ref="M78:X78"/>
     <mergeCell ref="D79:G79"/>
     <mergeCell ref="B79:C79"/>
     <mergeCell ref="B78:F78"/>
     <mergeCell ref="B80:X81"/>
     <mergeCell ref="B75:F75"/>
     <mergeCell ref="J76:X76"/>
     <mergeCell ref="H74:X75"/>
     <mergeCell ref="J77:X77"/>
     <mergeCell ref="B53:AC53"/>
     <mergeCell ref="B54:G54"/>
     <mergeCell ref="B72:S72"/>
     <mergeCell ref="D70:G70"/>
     <mergeCell ref="B70:C70"/>
     <mergeCell ref="B65:C65"/>
     <mergeCell ref="B67:C67"/>
     <mergeCell ref="D66:G66"/>
     <mergeCell ref="D67:G67"/>
     <mergeCell ref="B66:C66"/>
     <mergeCell ref="D65:G65"/>
     <mergeCell ref="D68:G68"/>
   </mergeCells>
-  <dataValidations count="7">
-    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A14:A45 C14:C45" xr:uid="{31CED3CD-4839-41E2-8487-0D1385859C5B}">
+  <dataValidations count="8">
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C45 A45" xr:uid="{31CED3CD-4839-41E2-8487-0D1385859C5B}">
       <formula1>45658</formula1>
       <formula2>46022</formula2>
     </dataValidation>
     <dataValidation type="time" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B14:B45 D14:D45" xr:uid="{6A063361-02D0-4064-AC1B-8B3D56FA88E5}">
       <formula1>0</formula1>
       <formula2>0.999305555555556</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L14:L45" xr:uid="{D99BA193-2324-4E30-A263-699464E51217}">
       <formula1>0</formula1>
       <formula2>67000</formula2>
     </dataValidation>
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J14:J45 Y14:Z45" xr:uid="{B0644A9C-6086-4342-AECC-88AD09215488}">
+    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J14:J45 Y14:Y45 Z14:Z44" xr:uid="{B0644A9C-6086-4342-AECC-88AD09215488}">
       <formula1>0</formula1>
       <formula2>65000</formula2>
     </dataValidation>
-    <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="N14:N45" xr:uid="{D51F4B93-E116-4130-9CC7-F452181F3F06}">
+    <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="N14:N45 S45" xr:uid="{D51F4B93-E116-4130-9CC7-F452181F3F06}">
       <formula1>0</formula1>
       <formula2>65000.99</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="O14:Q45" xr:uid="{0B8302CE-DC1D-441B-B98F-A89B1E02E408}">
       <formula1>0</formula1>
       <formula2>100</formula2>
     </dataValidation>
-    <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="S14:S45 X14:X44" xr:uid="{43A1C1E2-E9BA-46B2-80DF-DE595C1C1238}">
+    <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="X14:X44 S14:S44" xr:uid="{43A1C1E2-E9BA-46B2-80DF-DE595C1C1238}">
       <formula1>0.01</formula1>
       <formula2>65000.99</formula2>
+    </dataValidation>
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A14:A44 C14:C44" xr:uid="{0F1AFF3A-97B1-433C-92A2-9B47923C74E3}">
+      <formula1>45658</formula1>
+      <formula2>46387</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="1.6535433070866143" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="53" fitToHeight="0" orientation="landscape" r:id="rId3"/>
-  <headerFooter differentFirst="1">
-    <oddFooter xml:space="preserve">&amp;C&amp;"-,Fett"&amp;16                                                          &amp;RSeite &amp;P
+  <headerFooter differentOddEven="1">
+    <oddFooter xml:space="preserve">&amp;C&amp;"-,Fett"&amp;16gültig bis 31.12.2026                                                          &amp;RSeite &amp;P
 </oddFooter>
     <firstFooter xml:space="preserve">&amp;L
 &amp;C&amp;"-,Fett"&amp;16                                                          
 </firstFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="46" max="29" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="E12" unlockedFormula="1"/>
     <ignoredError sqref="AC13:AC14" formula="1"/>
   </ignoredErrors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B4C28B98-6CF9-4E44-84B2-F4348A851396}">
           <x14:formula1>
             <xm:f>Tabelle1!$A$6:$A$7</xm:f>
           </x14:formula1>
           <xm:sqref>B58 H54:H55</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{5F1C2F6F-9EBD-429C-8CE1-F483974FB0A6}">
           <x14:formula1>
             <xm:f>Tabelle1!$A$1:$A$3</xm:f>
           </x14:formula1>
@@ -7236,78 +7255,78 @@
             <xm:f>Tabelle1!$B$1:$B$3</xm:f>
           </x14:formula1>
           <xm:sqref>H14:H45</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F890BB06-3F2B-40CA-8BBE-0829690DBAE9}">
   <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A6" s="33" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D6" s="32"/>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A7" s="33" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D7" s="32"/>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A10">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A11">
         <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A12">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">