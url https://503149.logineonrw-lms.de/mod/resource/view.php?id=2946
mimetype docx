--- v0 (2025-11-05)
+++ v1 (2026-02-19)
@@ -1,53 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="370A2F0B" w14:textId="77777777" w:rsidR="00364E39" w:rsidRPr="005A2F86" w:rsidRDefault="00364E39" w:rsidP="00D93A77">
       <w:pPr>
         <w:pStyle w:val="Titel"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="578AB7D8" w14:textId="0C31B42D" w:rsidR="009F4102" w:rsidRPr="005A2F86" w:rsidRDefault="009F4102" w:rsidP="005A2F86">
       <w:pPr>
         <w:pStyle w:val="Titel"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9075"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -371,148 +375,163 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>_________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BE48FF8" w14:textId="77777777" w:rsidR="009F4102" w:rsidRPr="00364E39" w:rsidRDefault="009F4102" w:rsidP="009F4102">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364E39">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ort, Datum, Unterschrift </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="104D49D3" w14:textId="77777777" w:rsidR="005A2F86" w:rsidRDefault="005A2F86"/>
     <w:sectPr w:rsidR="005A2F86">
-      <w:headerReference w:type="default" r:id="rId7"/>
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2438" w:right="567" w:bottom="1133" w:left="1134" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F60C0DB" w14:textId="77777777" w:rsidR="003C5BBF" w:rsidRDefault="003C5BBF" w:rsidP="009F4102">
+    <w:p w14:paraId="577AAC75" w14:textId="77777777" w:rsidR="00BC45F3" w:rsidRDefault="00BC45F3" w:rsidP="009F4102">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0DAD34B4" w14:textId="77777777" w:rsidR="003C5BBF" w:rsidRDefault="003C5BBF" w:rsidP="009F4102">
+    <w:p w14:paraId="0E722B52" w14:textId="77777777" w:rsidR="00BC45F3" w:rsidRDefault="00BC45F3" w:rsidP="009F4102">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Andale Sans UI">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="30B3F79E" w14:textId="77777777" w:rsidR="00085D63" w:rsidRDefault="00085D63">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10205" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="10" w:type="dxa"/>
         <w:right w:w="10" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3401"/>
       <w:gridCol w:w="3402"/>
       <w:gridCol w:w="3402"/>
     </w:tblGrid>
     <w:tr w:rsidR="00D62816" w14:paraId="6C660607" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3401" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tcMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="10" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="10" w:type="dxa"/>
@@ -553,96 +572,88 @@
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve">schulpraktische Lehrerausbildung </w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="3B949BBF" w14:textId="77777777" w:rsidR="009F4102" w:rsidRPr="009F4102" w:rsidRDefault="009F4102" w:rsidP="009F4102">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="009F4102">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
             <w:t>(ZfsL) für Lehrämter an Schulen Aachen</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4F27B0FF" w14:textId="77777777" w:rsidR="009F4102" w:rsidRDefault="009F4102">
+        <w:p w14:paraId="4F27B0FF" w14:textId="04335350" w:rsidR="009F4102" w:rsidRDefault="009F4102">
           <w:pPr>
             <w:pStyle w:val="TableContents"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Mail:</w:t>
           </w:r>
           <w:r w:rsidR="00364E39">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:hyperlink r:id="rId1" w:history="1">
-            <w:r w:rsidR="00364E39" w:rsidRPr="005530CE">
+            <w:r w:rsidR="00085D63" w:rsidRPr="00085D63">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>FoerdervereinZfsL-AC@gmx.de</w:t>
+              <w:t>mailto:foerderverein.zfsl.aachen@gmail.com</w:t>
             </w:r>
           </w:hyperlink>
-          <w:r w:rsidR="00364E39">
-[...6 lines deleted...]
-          </w:r>
         </w:p>
-        <w:p w14:paraId="40BE12D5" w14:textId="77777777" w:rsidR="00D62816" w:rsidRDefault="003C5BBF" w:rsidP="009F4102">
+        <w:p w14:paraId="40BE12D5" w14:textId="77777777" w:rsidR="00D62816" w:rsidRDefault="00BC45F3" w:rsidP="009F4102">
           <w:pPr>
             <w:pStyle w:val="TableContents"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3402" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tcMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="10" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="10" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
         <w:p w14:paraId="56E55A4E" w14:textId="77777777" w:rsidR="009F4102" w:rsidRPr="003F1BDD" w:rsidRDefault="000E318A" w:rsidP="009F4102">
           <w:pPr>
             <w:pStyle w:val="TableContents"/>
             <w:rPr>
@@ -724,127 +735,146 @@
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00364E39">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>AACSDE33</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3402" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tcMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="10" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="10" w:type="dxa"/>
           </w:tcMar>
         </w:tcPr>
-        <w:p w14:paraId="4ED94FA9" w14:textId="77777777" w:rsidR="00D62816" w:rsidRDefault="000E318A">
+        <w:p w14:paraId="4ED94FA9" w14:textId="45BD38EA" w:rsidR="00D62816" w:rsidRDefault="000E318A">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve">Vorsitzender: </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:br/>
-            <w:t xml:space="preserve">Dr. </w:t>
           </w:r>
-          <w:r w:rsidR="009F4102">
+          <w:r w:rsidR="00085D63">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Ansgar Stracke-Mertes</w:t>
+            <w:t>Michael Turner</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="01D1E5B5" w14:textId="77777777" w:rsidR="00D62816" w:rsidRDefault="003C5BBF">
+        <w:p w14:paraId="01D1E5B5" w14:textId="77777777" w:rsidR="00D62816" w:rsidRDefault="00BC45F3">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="21021A02" w14:textId="77777777" w:rsidR="00D62816" w:rsidRDefault="003C5BBF" w:rsidP="009F4102">
+  <w:p w14:paraId="21021A02" w14:textId="77777777" w:rsidR="00D62816" w:rsidRDefault="00BC45F3" w:rsidP="009F4102">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="26BC04E9" w14:textId="77777777" w:rsidR="00085D63" w:rsidRDefault="00085D63">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0AEE3CDE" w14:textId="77777777" w:rsidR="003C5BBF" w:rsidRDefault="003C5BBF" w:rsidP="009F4102">
+    <w:p w14:paraId="4A26D150" w14:textId="77777777" w:rsidR="00BC45F3" w:rsidRDefault="00BC45F3" w:rsidP="009F4102">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09D986B2" w14:textId="77777777" w:rsidR="003C5BBF" w:rsidRDefault="003C5BBF" w:rsidP="009F4102">
+    <w:p w14:paraId="730B0339" w14:textId="77777777" w:rsidR="00BC45F3" w:rsidRDefault="00BC45F3" w:rsidP="009F4102">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3B226E99" w14:textId="77777777" w:rsidR="00085D63" w:rsidRDefault="00085D63">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="43B81541" w14:textId="77777777" w:rsidR="009F4102" w:rsidRPr="00364E39" w:rsidRDefault="00364E39" w:rsidP="00364E39">
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23FD170C" wp14:editId="3F69F7D5">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>3956685</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>102235</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2333625" cy="800100"/>
               <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="307" name="Textfeld 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1156,61 +1186,71 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="7C6E93A5" id="Gerade Verbindung 1" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="7.05pt,15.15pt" to="495.3pt,15.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAKoyadwwEAAM8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC815INOGkFyzkkaC5B&#10;a7RN7jS1tAjwhSVjyX/fJWWrRVIUaNELwcfO7M7scnM7WsOOgFF71/LlouYMnPSddoeWP33/9P4D&#10;ZzEJ1wnjHbT8BJHfbq/ebYbQwMr33nSAjEhcbIbQ8j6l0FRVlD1YERc+gKNH5dGKREc8VB2Kgdit&#10;qVZ1fV0NHruAXkKMdHs/PfJt4VcKZPqiVITETMuptlRWLOs+r9V2I5oDitBreS5D/EMVVmhHSWeq&#10;e5EEe0H9hspqiT56lRbS28orpSUUDaRmWb9S860XAYoWMieG2ab4/2jl5+MOme6od5w5YalFD4Ci&#10;A/YMuNeue3EHtsw2DSE2FH3ndng+xbDDrHlUaJkyOjxnlnxDuthYTD7NJsOYmKTLa2rbzc2aM0lv&#10;H9erdSavJpaMDRjTA3jL8qblRrtsgWjE8TGmKfQSQrhc1VRH2aWTgRxs3FdQJIvyTRWVgYI7g+wo&#10;aBSElOBS0UWpS3SGKW3MDKxL2j8Cz/EZCmXY/gY8I0pm79IMttp5/F32NF5KVlP8xYFJd7Zg77tT&#10;6VCxhqammHue8DyWv54L/Oc/3P4AAAD//wMAUEsDBBQABgAIAAAAIQAR2A992wAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ22qtoQp0KUnhEFJI5uvCQBex3Zbpv8PcsJ&#10;jrMzmn1TbUfvxBlj6gNpKGYKBFITbE+thrfX/d0aRMqGrHGBUMOECbb19VVlShsu9ILnQ24Fl1Aq&#10;jYYu56GUMjUdepNmYUBi7zNEbzLL2EobzYXLvZNzpVbSm574Q2cGfOyw+T6cvIbk2qev6X0Ku7mN&#10;026fPvC5WGp9ezM+3IPIOOa/MPziMzrUzHQMJ7JJONbLgpMaFmoBgv3NRq1AHPlQrEHWlfw/oP4B&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACqMmncMBAADPAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAEdgPfdsAAAAIAQAADwAAAAAAAAAAAAAA&#10;AAAdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;" strokecolor="#4579b8 [3044]"/>
+            <v:line w14:anchorId="1DFEBFBE" id="Gerade Verbindung 1" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="7.05pt,15.15pt" to="495.3pt,15.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAKoyadwwEAAM8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC815INOGkFyzkkaC5B&#10;a7RN7jS1tAjwhSVjyX/fJWWrRVIUaNELwcfO7M7scnM7WsOOgFF71/LlouYMnPSddoeWP33/9P4D&#10;ZzEJ1wnjHbT8BJHfbq/ebYbQwMr33nSAjEhcbIbQ8j6l0FRVlD1YERc+gKNH5dGKREc8VB2Kgdit&#10;qVZ1fV0NHruAXkKMdHs/PfJt4VcKZPqiVITETMuptlRWLOs+r9V2I5oDitBreS5D/EMVVmhHSWeq&#10;e5EEe0H9hspqiT56lRbS28orpSUUDaRmWb9S860XAYoWMieG2ab4/2jl5+MOme6od5w5YalFD4Ci&#10;A/YMuNeue3EHtsw2DSE2FH3ndng+xbDDrHlUaJkyOjxnlnxDuthYTD7NJsOYmKTLa2rbzc2aM0lv&#10;H9erdSavJpaMDRjTA3jL8qblRrtsgWjE8TGmKfQSQrhc1VRH2aWTgRxs3FdQJIvyTRWVgYI7g+wo&#10;aBSElOBS0UWpS3SGKW3MDKxL2j8Cz/EZCmXY/gY8I0pm79IMttp5/F32NF5KVlP8xYFJd7Zg77tT&#10;6VCxhqammHue8DyWv54L/Oc/3P4AAAD//wMAUEsDBBQABgAIAAAAIQAR2A992wAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ22qtoQp0KUnhEFJI5uvCQBex3Zbpv8PcsJ&#10;jrMzmn1TbUfvxBlj6gNpKGYKBFITbE+thrfX/d0aRMqGrHGBUMOECbb19VVlShsu9ILnQ24Fl1Aq&#10;jYYu56GUMjUdepNmYUBi7zNEbzLL2EobzYXLvZNzpVbSm574Q2cGfOyw+T6cvIbk2qev6X0Ku7mN&#10;026fPvC5WGp9ezM+3IPIOOa/MPziMzrUzHQMJ7JJONbLgpMaFmoBgv3NRq1AHPlQrEHWlfw/oP4B&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACqMmncMBAADPAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAEdgPfdsAAAAIAQAADwAAAAAAAAAAAAAA&#10;AAAdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;" strokecolor="#4579b8 [3044]"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="43751937" w14:textId="77777777" w:rsidR="00085D63" w:rsidRDefault="00085D63">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C4D30F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="517EB5FC"/>
     <w:lvl w:ilvl="0" w:tplc="65C4AE8A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Andale Sans UI" w:hAnsi="Wingdings" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1286,127 +1326,130 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F4102"/>
     <w:rsid w:val="0008137F"/>
+    <w:rsid w:val="00085D63"/>
     <w:rsid w:val="000E318A"/>
     <w:rsid w:val="00364E39"/>
     <w:rsid w:val="003C5BBF"/>
     <w:rsid w:val="003F1BDD"/>
     <w:rsid w:val="00491826"/>
     <w:rsid w:val="005A2F86"/>
     <w:rsid w:val="005B5FB7"/>
     <w:rsid w:val="00687613"/>
     <w:rsid w:val="00751670"/>
     <w:rsid w:val="007C3435"/>
     <w:rsid w:val="00976CEC"/>
     <w:rsid w:val="009F4102"/>
     <w:rsid w:val="00B64390"/>
     <w:rsid w:val="00B826D8"/>
+    <w:rsid w:val="00BC45F3"/>
     <w:rsid w:val="00D93A77"/>
     <w:rsid w:val="00D94C5D"/>
     <w:rsid w:val="00E62986"/>
     <w:rsid w:val="00F758A6"/>
     <w:rsid w:val="00FC211A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-BE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6F8A9459"/>
   <w15:docId w15:val="{4E4CD31F-5913-4EB4-A582-F8E08A90552D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1533,51 +1576,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1777,51 +1820,50 @@
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:rsid w:val="009F4102"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Tahoma"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Fuzeile">
     <w:name w:val="footer"/>
@@ -1966,69 +2008,81 @@
       <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00364E39"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="005A2F86"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00085D63"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:FoerdervereinZfsL-AC@gmx.de" TargetMode="External"/></Relationships>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:foerderverein.zfsl.aachen@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -2275,51 +2329,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>64</Words>
   <Characters>407</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>